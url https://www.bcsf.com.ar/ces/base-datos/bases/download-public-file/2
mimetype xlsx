--- v0 (2025-10-01)
+++ v1 (2026-01-07)
@@ -1,90 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bcsfcomar.sharepoint.com/sites/grp_ces/Documentos compartidos/CicSFE_sp/Mercados/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="520" documentId="13_ncr:1_{C2533B98-536A-43E9-9ACC-FF3779DD6A86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E4415F9-C9C3-4A60-B18D-37EC2B9C7130}"/>
+  <xr:revisionPtr revIDLastSave="636" documentId="13_ncr:1_{C2533B98-536A-43E9-9ACC-FF3779DD6A86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8D9B6758-665B-40F7-915E-5CBDD2F0BF12}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Índice" sheetId="2" r:id="rId1"/>
     <sheet name="DATA_MCAP" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G12" i="2" l="1"/>
-  <c r="A93" i="1"/>
+  <c r="A93" i="1" l="1"/>
   <c r="A105" i="1" s="1"/>
   <c r="A117" i="1" s="1"/>
   <c r="A129" i="1" s="1"/>
   <c r="A141" i="1" s="1"/>
   <c r="A92" i="1"/>
   <c r="A104" i="1" s="1"/>
   <c r="A116" i="1" s="1"/>
   <c r="A128" i="1" s="1"/>
   <c r="A140" i="1" s="1"/>
   <c r="A91" i="1"/>
   <c r="A103" i="1" s="1"/>
   <c r="A115" i="1" s="1"/>
   <c r="A127" i="1" s="1"/>
   <c r="A139" i="1" s="1"/>
   <c r="A90" i="1"/>
   <c r="A102" i="1" s="1"/>
   <c r="A114" i="1" s="1"/>
   <c r="A126" i="1" s="1"/>
   <c r="A138" i="1" s="1"/>
   <c r="A89" i="1"/>
   <c r="A101" i="1" s="1"/>
   <c r="A113" i="1" s="1"/>
   <c r="A125" i="1" s="1"/>
   <c r="A137" i="1" s="1"/>
   <c r="A88" i="1"/>
@@ -313,53 +315,50 @@
   <si>
     <t>1.1.9</t>
   </si>
   <si>
     <t>CÓDIGO</t>
   </si>
   <si>
     <t>Financiamiento total en el mercado de capitales (grandes empresas y PyMES)</t>
   </si>
   <si>
     <t>Financiamiento PyME en el mercado de capitales (no incluye grandes empresas)</t>
   </si>
   <si>
     <t>Montos colocados por PyMES en Obligaciones Negociables (ON)</t>
   </si>
   <si>
     <t>Montos colocados por PyMES en Fideicomisos Financieros (FF)</t>
   </si>
   <si>
     <t>Montos colocados por PyMES en Facturas de Crédito Electrónicas (FCE)</t>
   </si>
   <si>
     <t>San Martín 2231 - CP 3000 - Santa Fe - Argentina</t>
   </si>
   <si>
-    <t>BASE DE DATOS ESTADÍSTICOS DE LA PROVINCIA DE SANTA FE</t>
-[...1 lines deleted...]
-  <si>
     <t>La base de datos se compone de 21 series vinculadas con el financiamiento a empresas a través del mercado de capitales argentino</t>
   </si>
   <si>
     <t>La información es extraída de los informes mensuales efectuados por la Comisión Nacional de Valores (CNV)</t>
   </si>
   <si>
     <t>Tasa de interés promedio de pagarés avalados en dólares</t>
   </si>
   <si>
     <t>Montos colocados por PyMES en Cheques de Pago Diferido (CPD) avalados</t>
   </si>
   <si>
     <t>Montos colocados por PyMES en Cheques de Pago Diferido (CPD) directos</t>
   </si>
   <si>
     <t xml:space="preserve">Montos colocados por PyMES en pagarés </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -383,50 +382,53 @@
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Última actualización</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Teléfono: (0342) 4845800 </t>
   </si>
   <si>
     <t>Email: ces@bcsf.com.ar</t>
   </si>
   <si>
     <t xml:space="preserve">Website: https://bcsf.com.ar/ces/ o bien http://www.bcsf.com.ar </t>
+  </si>
+  <si>
+    <t>BASE DE DATOS: FINANCIAMIENTO EN EL MERCADO DE CAPITALES DE ARGENTINA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1492,70 +1494,70 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal_Ipc_s" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>161926</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>523876</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>186210</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagen 5">
           <a:extLst>
@@ -1847,188 +1849,188 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Z44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="19" topLeftCell="B20" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="19" topLeftCell="B26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
-      <selection pane="bottomRight" activeCell="A12" sqref="A12"/>
+      <selection pane="bottomRight" activeCell="D13" sqref="C12:D15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.85546875" style="35" customWidth="1"/>
     <col min="3" max="3" width="21.42578125" style="35" customWidth="1"/>
     <col min="4" max="4" width="11" style="35" customWidth="1"/>
-    <col min="5" max="5" width="24.42578125" style="35" customWidth="1"/>
+    <col min="5" max="5" width="40.7109375" style="35" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" style="35" customWidth="1"/>
     <col min="7" max="7" width="10.140625" style="35" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" style="35" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="35"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B1"/>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
     </row>
     <row r="2" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B2" s="109"/>
       <c r="C2" s="109"/>
       <c r="D2" s="110"/>
       <c r="E2" s="110" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="109"/>
     </row>
     <row r="3" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B3" s="109"/>
       <c r="C3" s="109"/>
       <c r="D3" s="110"/>
       <c r="E3" s="110" t="s">
         <v>68</v>
       </c>
       <c r="F3" s="109"/>
     </row>
     <row r="4" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B4" s="109"/>
       <c r="C4" s="109"/>
       <c r="D4" s="110"/>
       <c r="E4" s="110" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F4" s="109"/>
     </row>
     <row r="5" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B5" s="109"/>
       <c r="C5" s="109"/>
       <c r="D5" s="110"/>
       <c r="E5" s="110" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F5" s="109"/>
     </row>
     <row r="6" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B6" s="109"/>
       <c r="C6" s="109"/>
       <c r="D6" s="110"/>
       <c r="E6" s="110" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F6" s="109"/>
     </row>
     <row r="7" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="109"/>
       <c r="C7" s="109"/>
       <c r="D7" s="109"/>
       <c r="E7" s="111"/>
       <c r="F7" s="109"/>
     </row>
     <row r="8" spans="1:26" s="113" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="112"/>
       <c r="B8" s="112"/>
       <c r="C8" s="112" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D8" s="112"/>
       <c r="E8" s="112"/>
       <c r="F8" s="112"/>
       <c r="G8" s="112"/>
       <c r="H8" s="112"/>
     </row>
     <row r="9" spans="1:26" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:26" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:26" s="140" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="137"/>
       <c r="B12" s="137"/>
       <c r="C12" s="138" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D12" s="139">
-        <v>45890</v>
+        <v>45986</v>
       </c>
       <c r="E12" s="139"/>
       <c r="F12" s="139" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G12" s="139" t="str">
-        <f>"2025.06"</f>
-        <v>2025.06</v>
+        <f>"2025.09"</f>
+        <v>2025.09</v>
       </c>
       <c r="I12" s="137"/>
       <c r="J12" s="137"/>
       <c r="K12" s="137"/>
       <c r="L12" s="137"/>
       <c r="M12" s="137"/>
       <c r="N12" s="137"/>
       <c r="O12" s="137"/>
       <c r="P12" s="137"/>
       <c r="Q12" s="137"/>
       <c r="R12" s="137"/>
       <c r="S12" s="137"/>
       <c r="T12" s="137"/>
       <c r="U12" s="137"/>
       <c r="V12" s="137"/>
       <c r="W12" s="137"/>
       <c r="X12" s="137"/>
       <c r="Y12" s="137"/>
       <c r="Z12" s="137"/>
     </row>
     <row r="14" spans="1:26" s="125" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="127"/>
       <c r="C14" s="127" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D14" s="127"/>
     </row>
     <row r="15" spans="1:26" s="126" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="128"/>
       <c r="C15" s="128" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D15" s="128"/>
     </row>
     <row r="16" spans="1:26" ht="6" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="37"/>
       <c r="C17" s="136" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="6" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" spans="2:8" s="114" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="135" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="129" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="115"/>
       <c r="H19" s="115"/>
     </row>
     <row r="20" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -2183,116 +2185,116 @@
       </c>
       <c r="D31" s="110"/>
       <c r="E31" s="118"/>
       <c r="F31" s="123" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="133">
         <v>13</v>
       </c>
       <c r="C32" s="131" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="110"/>
       <c r="E32" s="118"/>
       <c r="F32" s="123" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="133">
         <v>14</v>
       </c>
       <c r="C33" s="131" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D33" s="110"/>
       <c r="E33" s="118"/>
       <c r="F33" s="123" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="133">
         <v>15</v>
       </c>
       <c r="C34" s="131" t="s">
         <v>65</v>
       </c>
       <c r="D34" s="110"/>
       <c r="E34" s="118"/>
       <c r="F34" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="133">
         <v>16</v>
       </c>
       <c r="C35" s="131" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="110"/>
       <c r="E35" s="118"/>
       <c r="F35" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="133">
         <v>17</v>
       </c>
       <c r="C36" s="131" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D36" s="110"/>
       <c r="E36" s="118"/>
       <c r="F36" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="133">
         <v>18</v>
       </c>
       <c r="C37" s="131" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D37" s="110"/>
       <c r="E37" s="118"/>
       <c r="F37" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="133">
         <v>19</v>
       </c>
       <c r="C38" s="131" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D38" s="110"/>
       <c r="E38" s="118"/>
       <c r="F38" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="133">
         <v>20</v>
       </c>
       <c r="C39" s="131" t="s">
         <v>67</v>
       </c>
       <c r="D39" s="110"/>
       <c r="E39" s="118"/>
       <c r="F39" s="123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="2:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="134">
         <v>21</v>
       </c>
       <c r="C40" s="132" t="s">
@@ -2322,57 +2324,57 @@
       <c r="B43" s="36"/>
       <c r="C43" s="36"/>
       <c r="D43" s="36"/>
       <c r="E43" s="36"/>
       <c r="F43" s="36"/>
     </row>
     <row r="44" spans="2:6" ht="15" x14ac:dyDescent="0.2">
       <c r="B44" s="36"/>
       <c r="C44" s="36"/>
       <c r="D44" s="36"/>
       <c r="E44" s="36"/>
       <c r="F44" s="36"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:V261"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B183" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="N190" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomRight" activeCell="Q199" sqref="Q199"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.7109375" style="42" customWidth="1"/>
     <col min="2" max="22" width="12.28515625" style="42" customWidth="1"/>
     <col min="23" max="16384" width="11.42578125" style="42"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A1" s="79" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="38"/>
       <c r="K1" s="38"/>
       <c r="L1" s="38"/>
       <c r="M1" s="38"/>
       <c r="N1" s="38"/>
@@ -13507,342 +13509,342 @@
       </c>
       <c r="H195" s="10">
         <v>31906</v>
       </c>
       <c r="I195" s="25">
         <v>3416989</v>
       </c>
       <c r="J195" s="99">
         <v>14</v>
       </c>
       <c r="K195" s="10">
         <v>24</v>
       </c>
       <c r="L195" s="25">
         <v>0</v>
       </c>
       <c r="M195" s="28">
         <v>600</v>
       </c>
       <c r="N195" s="18">
         <v>37.6</v>
       </c>
       <c r="O195" s="94">
         <v>8.9</v>
       </c>
-      <c r="P195" s="70" t="e">
-[...18 lines deleted...]
-        <v>#N/A</v>
+      <c r="P195" s="70">
+        <v>10422.15</v>
+      </c>
+      <c r="Q195" s="71">
+        <v>14689.911</v>
+      </c>
+      <c r="R195" s="71">
+        <v>219708.55542359003</v>
+      </c>
+      <c r="S195" s="71">
+        <v>96840.130489799747</v>
+      </c>
+      <c r="T195" s="71">
+        <v>607681.20113169518</v>
+      </c>
+      <c r="U195" s="72">
+        <v>31905.616524927886</v>
+      </c>
+      <c r="V195" s="69">
+        <v>981248</v>
       </c>
     </row>
     <row r="196" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="1">
         <v>2025.07</v>
       </c>
-      <c r="B196" s="73" t="e">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="B196" s="73">
+        <v>33002</v>
+      </c>
+      <c r="C196" s="10">
+        <v>96781</v>
+      </c>
+      <c r="D196" s="10">
+        <v>2336482</v>
+      </c>
+      <c r="E196" s="10">
+        <v>682646</v>
+      </c>
+      <c r="F196" s="10">
+        <v>616902</v>
+      </c>
+      <c r="G196" s="10">
+        <v>0</v>
+      </c>
+      <c r="H196" s="10">
+        <v>27775</v>
+      </c>
+      <c r="I196" s="25">
+        <v>3793588</v>
+      </c>
+      <c r="J196" s="99">
+        <v>5</v>
+      </c>
+      <c r="K196" s="10">
+        <v>28</v>
+      </c>
+      <c r="L196" s="25">
+        <v>25461502</v>
+      </c>
+      <c r="M196" s="28">
+        <v>552</v>
+      </c>
+      <c r="N196" s="18">
+        <v>40.1</v>
+      </c>
+      <c r="O196" s="94">
+        <v>8.4</v>
+      </c>
+      <c r="P196" s="70">
+        <v>11601.494770560001</v>
+      </c>
+      <c r="Q196" s="71">
+        <v>0</v>
+      </c>
+      <c r="R196" s="71">
+        <v>188624.5946804299</v>
+      </c>
+      <c r="S196" s="71">
+        <v>112328.31310276008</v>
+      </c>
+      <c r="T196" s="71">
+        <v>616902.21449626784</v>
+      </c>
+      <c r="U196" s="72">
+        <v>27774.736544147465</v>
+      </c>
+      <c r="V196" s="69">
+        <v>957231</v>
       </c>
     </row>
     <row r="197" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="1">
         <v>2025.08</v>
       </c>
-      <c r="B197" s="73" t="e">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="B197" s="73">
+        <v>0</v>
+      </c>
+      <c r="C197" s="10">
+        <v>186836</v>
+      </c>
+      <c r="D197" s="10">
+        <v>1410725</v>
+      </c>
+      <c r="E197" s="10">
+        <v>540158</v>
+      </c>
+      <c r="F197" s="10">
+        <v>622394</v>
+      </c>
+      <c r="G197" s="10">
+        <v>0</v>
+      </c>
+      <c r="H197" s="10">
+        <v>32544</v>
+      </c>
+      <c r="I197" s="25">
+        <v>2792657</v>
+      </c>
+      <c r="J197" s="99">
+        <v>8</v>
+      </c>
+      <c r="K197" s="10">
+        <v>29</v>
+      </c>
+      <c r="L197" s="25">
+        <v>0</v>
+      </c>
+      <c r="M197" s="28">
+        <v>573</v>
+      </c>
+      <c r="N197" s="18">
+        <v>52.1</v>
+      </c>
+      <c r="O197" s="94">
+        <v>7.5</v>
+      </c>
+      <c r="P197" s="70">
+        <v>268844</v>
+      </c>
+      <c r="Q197" s="71">
+        <v>11638</v>
+      </c>
+      <c r="R197" s="71">
+        <v>176060</v>
+      </c>
+      <c r="S197" s="71">
+        <v>92716</v>
+      </c>
+      <c r="T197" s="71">
+        <v>622394</v>
+      </c>
+      <c r="U197" s="72">
+        <v>32544</v>
+      </c>
+      <c r="V197" s="69">
+        <v>1204196</v>
       </c>
     </row>
     <row r="198" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="1">
         <v>2025.09</v>
       </c>
-      <c r="B198" s="73" t="e">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="B198" s="73">
+        <v>0</v>
+      </c>
+      <c r="C198" s="10">
+        <v>221907</v>
+      </c>
+      <c r="D198" s="10">
+        <v>198644</v>
+      </c>
+      <c r="E198" s="10">
+        <v>926281</v>
+      </c>
+      <c r="F198" s="10">
+        <v>786567</v>
+      </c>
+      <c r="G198" s="10">
+        <v>0</v>
+      </c>
+      <c r="H198" s="10">
+        <v>36059</v>
+      </c>
+      <c r="I198" s="25">
+        <v>2169458</v>
+      </c>
+      <c r="J198" s="99">
+        <v>9</v>
+      </c>
+      <c r="K198" s="10">
+        <v>9</v>
+      </c>
+      <c r="L198" s="25">
+        <v>0</v>
+      </c>
+      <c r="M198" s="28">
+        <v>700</v>
+      </c>
+      <c r="N198" s="18">
+        <v>60.4</v>
+      </c>
+      <c r="O198" s="94">
+        <v>7.6</v>
+      </c>
+      <c r="P198" s="70">
+        <v>1900</v>
+      </c>
+      <c r="Q198" s="71">
+        <v>2820</v>
+      </c>
+      <c r="R198" s="71">
+        <v>250718</v>
+      </c>
+      <c r="S198" s="71">
+        <v>104839</v>
+      </c>
+      <c r="T198" s="71">
+        <v>786567</v>
+      </c>
+      <c r="U198" s="72">
+        <v>36059</v>
+      </c>
+      <c r="V198" s="69">
+        <v>1182902</v>
       </c>
     </row>
     <row r="199" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="1">
         <v>2025.1</v>
       </c>
-      <c r="B199" s="73" t="e">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="B199" s="73">
+        <v>4250</v>
+      </c>
+      <c r="C199" s="10">
+        <v>211136</v>
+      </c>
+      <c r="D199" s="10">
+        <v>2926332</v>
+      </c>
+      <c r="E199" s="10">
+        <v>913038</v>
+      </c>
+      <c r="F199" s="10">
+        <v>969338</v>
+      </c>
+      <c r="G199" s="10">
+        <v>4313</v>
+      </c>
+      <c r="H199" s="10">
+        <v>38383</v>
+      </c>
+      <c r="I199" s="25">
+        <v>5066791</v>
+      </c>
+      <c r="J199" s="99">
+        <v>11</v>
+      </c>
+      <c r="K199" s="10">
+        <v>29</v>
+      </c>
+      <c r="L199" s="25">
+        <v>10000000</v>
+      </c>
+      <c r="M199" s="28">
+        <v>787</v>
+      </c>
+      <c r="N199" s="18">
+        <v>57</v>
+      </c>
+      <c r="O199" s="94">
+        <v>9</v>
+      </c>
+      <c r="P199" s="70">
+        <v>30497</v>
+      </c>
+      <c r="Q199" s="71">
+        <v>6531</v>
+      </c>
+      <c r="R199" s="71">
+        <v>252081</v>
+      </c>
+      <c r="S199" s="71">
+        <v>132708</v>
+      </c>
+      <c r="T199" s="71">
+        <v>969338</v>
+      </c>
+      <c r="U199" s="72">
+        <v>38383</v>
+      </c>
+      <c r="V199" s="69">
+        <v>1429539</v>
       </c>
     </row>
     <row r="200" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="1">
         <v>2025.11</v>
       </c>
       <c r="B200" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C200" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D200" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E200" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F200" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G200" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H200" s="10" t="e">
@@ -18035,62 +18037,57 @@
       <c r="U261" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V261" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="17" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A4" location="Índice!A13" display="Volver al índice" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5dd4176-d247-4204-85b8-921214f3ccea" xmlns:ns3="359b39ce-e1f9-4933-8424-33b611e6fdcd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9c3fb262092b4aec5ef66bdd34acef6e" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C5B9F2161CEE1040BBC03CB11300495F" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="126bfeb7ae601119bfc9c37fe78f3e1b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5dd4176-d247-4204-85b8-921214f3ccea" xmlns:ns3="359b39ce-e1f9-4933-8424-33b611e6fdcd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2137ec74e9b380cd6ab08453deebfc43" ns2:_="" ns3:_="">
     <xsd:import namespace="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <xsd:import namespace="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -18245,98 +18242,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DBFF549-43CE-4B47-BA80-10A70B5A7091}">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="359b39ce-e1f9-4933-8424-33b611e6fdcd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5dd4176-d247-4204-85b8-921214f3ccea">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5548DE31-7FD4-40F6-A98C-8333B35DE147}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <ds:schemaRef ds:uri="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7A1AE2-79B5-45E2-9D53-11A870F1D987}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A87D32-22F8-4B25-9692-D498E7E5A8B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
+    <ds:schemaRef ds:uri="b5dd4176-d247-4204-85b8-921214f3ccea"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>DATA_MCAP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CES-BCSF</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C5B9F2161CEE1040BBC03CB11300495F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>