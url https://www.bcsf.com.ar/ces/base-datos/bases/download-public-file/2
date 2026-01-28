--- v1 (2026-01-07)
+++ v2 (2026-01-28)
@@ -6,58 +6,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bcsfcomar.sharepoint.com/sites/grp_ces/Documentos compartidos/CicSFE_sp/Mercados/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="636" documentId="13_ncr:1_{C2533B98-536A-43E9-9ACC-FF3779DD6A86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8D9B6758-665B-40F7-915E-5CBDD2F0BF12}"/>
+  <xr:revisionPtr revIDLastSave="714" documentId="13_ncr:1_{C2533B98-536A-43E9-9ACC-FF3779DD6A86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{23C4743D-B611-491E-B28D-9DA4FE1009D4}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Índice" sheetId="2" r:id="rId1"/>
     <sheet name="DATA_MCAP" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -391,54 +391,55 @@
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Teléfono: (0342) 4845800 </t>
   </si>
   <si>
     <t>Email: ces@bcsf.com.ar</t>
   </si>
   <si>
     <t xml:space="preserve">Website: https://bcsf.com.ar/ces/ o bien http://www.bcsf.com.ar </t>
   </si>
   <si>
     <t>BASE DE DATOS: FINANCIAMIENTO EN EL MERCADO DE CAPITALES DE ARGENTINA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
+    <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
@@ -541,96 +542,103 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="51">
+  <borders count="52">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
@@ -1182,61 +1190,73 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="dashed">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="141">
+  <cellXfs count="146">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
@@ -1492,56 +1512,68 @@
     <xf numFmtId="0" fontId="9" fillId="5" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="14" fillId="2" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal_Ipc_s" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Per cent" xfId="4" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
@@ -1852,51 +1884,51 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Z44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="19" topLeftCell="B26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
-      <selection pane="bottomRight" activeCell="D13" sqref="C12:D15"/>
+      <selection pane="bottomRight" activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.85546875" style="35" customWidth="1"/>
     <col min="3" max="3" width="21.42578125" style="35" customWidth="1"/>
     <col min="4" max="4" width="11" style="35" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" style="35" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" style="35" customWidth="1"/>
     <col min="7" max="7" width="10.140625" style="35" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" style="35" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="35"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B1"/>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
     </row>
     <row r="2" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="B2" s="109"/>
       <c r="C2" s="109"/>
       <c r="D2" s="110"/>
@@ -1947,59 +1979,59 @@
       <c r="D7" s="109"/>
       <c r="E7" s="111"/>
       <c r="F7" s="109"/>
     </row>
     <row r="8" spans="1:26" s="113" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="112"/>
       <c r="B8" s="112"/>
       <c r="C8" s="112" t="s">
         <v>80</v>
       </c>
       <c r="D8" s="112"/>
       <c r="E8" s="112"/>
       <c r="F8" s="112"/>
       <c r="G8" s="112"/>
       <c r="H8" s="112"/>
     </row>
     <row r="9" spans="1:26" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="10" spans="1:26" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:26" s="140" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="137"/>
       <c r="B12" s="137"/>
       <c r="C12" s="138" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="139">
-        <v>45986</v>
+        <v>46042</v>
       </c>
       <c r="E12" s="139"/>
       <c r="F12" s="139" t="s">
         <v>75</v>
       </c>
       <c r="G12" s="139" t="str">
-        <f>"2025.09"</f>
-        <v>2025.09</v>
+        <f>"2025.12"</f>
+        <v>2025.12</v>
       </c>
       <c r="I12" s="137"/>
       <c r="J12" s="137"/>
       <c r="K12" s="137"/>
       <c r="L12" s="137"/>
       <c r="M12" s="137"/>
       <c r="N12" s="137"/>
       <c r="O12" s="137"/>
       <c r="P12" s="137"/>
       <c r="Q12" s="137"/>
       <c r="R12" s="137"/>
       <c r="S12" s="137"/>
       <c r="T12" s="137"/>
       <c r="U12" s="137"/>
       <c r="V12" s="137"/>
       <c r="W12" s="137"/>
       <c r="X12" s="137"/>
       <c r="Y12" s="137"/>
       <c r="Z12" s="137"/>
     </row>
     <row r="14" spans="1:26" s="125" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="127"/>
       <c r="C14" s="127" t="s">
         <v>69</v>
       </c>
@@ -2321,57 +2353,57 @@
       <c r="F42" s="36"/>
     </row>
     <row r="43" spans="2:6" ht="15" x14ac:dyDescent="0.2">
       <c r="B43" s="36"/>
       <c r="C43" s="36"/>
       <c r="D43" s="36"/>
       <c r="E43" s="36"/>
       <c r="F43" s="36"/>
     </row>
     <row r="44" spans="2:6" ht="15" x14ac:dyDescent="0.2">
       <c r="B44" s="36"/>
       <c r="C44" s="36"/>
       <c r="D44" s="36"/>
       <c r="E44" s="36"/>
       <c r="F44" s="36"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:V261"/>
+  <dimension ref="A1:X261"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="N190" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B192" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="Q199" sqref="Q199"/>
+      <selection pane="bottomRight" activeCell="F190" sqref="F190"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.7109375" style="42" customWidth="1"/>
     <col min="2" max="22" width="12.28515625" style="42" customWidth="1"/>
     <col min="23" max="16384" width="11.42578125" style="42"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A1" s="79" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="38"/>
       <c r="K1" s="38"/>
@@ -12239,51 +12271,51 @@
       <c r="O176" s="94">
         <v>-29.953844365463674</v>
       </c>
       <c r="P176" s="70">
         <v>2762.8649999999998</v>
       </c>
       <c r="Q176" s="71">
         <v>4400.6405378500003</v>
       </c>
       <c r="R176" s="71">
         <v>47175.666326680039</v>
       </c>
       <c r="S176" s="71">
         <v>37250.239959459985</v>
       </c>
       <c r="T176" s="71">
         <v>167604.61924039715</v>
       </c>
       <c r="U176" s="72">
         <v>3284.1457763956</v>
       </c>
       <c r="V176" s="69">
         <v>262478.17684078281</v>
       </c>
     </row>
-    <row r="177" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="1">
         <v>2023.12</v>
       </c>
       <c r="B177" s="73">
         <v>0</v>
       </c>
       <c r="C177" s="10">
         <v>19237</v>
       </c>
       <c r="D177" s="10">
         <v>32994</v>
       </c>
       <c r="E177" s="10">
         <v>155043</v>
       </c>
       <c r="F177" s="10">
         <v>220715</v>
       </c>
       <c r="G177" s="10">
         <v>0</v>
       </c>
       <c r="H177" s="10">
         <v>5415</v>
       </c>
       <c r="I177" s="25">
@@ -12307,51 +12339,51 @@
       <c r="O177" s="94">
         <v>-15.280418048968263</v>
       </c>
       <c r="P177" s="70">
         <v>2868.8827842699993</v>
       </c>
       <c r="Q177" s="71">
         <v>291.23131599999999</v>
       </c>
       <c r="R177" s="71">
         <v>59731.876338900045</v>
       </c>
       <c r="S177" s="71">
         <v>40756.377818940018</v>
       </c>
       <c r="T177" s="71">
         <v>220715.47251314999</v>
       </c>
       <c r="U177" s="72">
         <v>5414.6350379000014</v>
       </c>
       <c r="V177" s="69">
         <v>329778.4758091601</v>
       </c>
     </row>
-    <row r="178" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="1">
         <v>2024.01</v>
       </c>
       <c r="B178" s="73">
         <v>0</v>
       </c>
       <c r="C178" s="10">
         <v>26847</v>
       </c>
       <c r="D178" s="10">
         <v>754126</v>
       </c>
       <c r="E178" s="10">
         <v>194996</v>
       </c>
       <c r="F178" s="10">
         <v>304525</v>
       </c>
       <c r="G178" s="10">
         <v>0</v>
       </c>
       <c r="H178" s="10">
         <v>5656</v>
       </c>
       <c r="I178" s="25">
@@ -12375,51 +12407,51 @@
       <c r="O178" s="94">
         <v>1.4719276725599262</v>
       </c>
       <c r="P178" s="70">
         <v>3124.79640625</v>
       </c>
       <c r="Q178" s="71">
         <v>1428.082938</v>
       </c>
       <c r="R178" s="71">
         <v>71062.542895679988</v>
       </c>
       <c r="S178" s="71">
         <v>59095.240412749969</v>
       </c>
       <c r="T178" s="71">
         <v>304525.26272967947</v>
       </c>
       <c r="U178" s="72">
         <v>5655.9519398470002</v>
       </c>
       <c r="V178" s="69">
         <v>444891.87732220639</v>
       </c>
     </row>
-    <row r="179" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1">
         <v>2024.02</v>
       </c>
       <c r="B179" s="73">
         <v>8614</v>
       </c>
       <c r="C179" s="10">
         <v>16021</v>
       </c>
       <c r="D179" s="10">
         <v>373028</v>
       </c>
       <c r="E179" s="10">
         <v>176317</v>
       </c>
       <c r="F179" s="10">
         <v>275997</v>
       </c>
       <c r="G179" s="10">
         <v>0</v>
       </c>
       <c r="H179" s="10">
         <v>7842</v>
       </c>
       <c r="I179" s="25">
@@ -12443,51 +12475,51 @@
       <c r="O179" s="94">
         <v>2.0782748241925688</v>
       </c>
       <c r="P179" s="70">
         <v>23519.867526949998</v>
       </c>
       <c r="Q179" s="71">
         <v>6066.9015294499995</v>
       </c>
       <c r="R179" s="71">
         <v>61203.832036970016</v>
       </c>
       <c r="S179" s="71">
         <v>47247.347168460008</v>
       </c>
       <c r="T179" s="71">
         <v>275997.30980418238</v>
       </c>
       <c r="U179" s="72">
         <v>7841.7780289588563</v>
       </c>
       <c r="V179" s="69">
         <v>421877.03609497129</v>
       </c>
     </row>
-    <row r="180" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="1">
         <v>2024.03</v>
       </c>
       <c r="B180" s="73">
         <v>0</v>
       </c>
       <c r="C180" s="10">
         <v>31977</v>
       </c>
       <c r="D180" s="10">
         <v>396897</v>
       </c>
       <c r="E180" s="10">
         <v>194359</v>
       </c>
       <c r="F180" s="10">
         <v>358519</v>
       </c>
       <c r="G180" s="10">
         <v>0</v>
       </c>
       <c r="H180" s="10">
         <v>8767</v>
       </c>
       <c r="I180" s="25">
@@ -12511,51 +12543,51 @@
       <c r="O180" s="94">
         <v>5.5776909826943406</v>
       </c>
       <c r="P180" s="70">
         <v>4912</v>
       </c>
       <c r="Q180" s="71">
         <v>6629.5920944999998</v>
       </c>
       <c r="R180" s="71">
         <v>71429.952796579819</v>
       </c>
       <c r="S180" s="71">
         <v>54254.361596670002</v>
       </c>
       <c r="T180" s="71">
         <v>358519.45647587784</v>
       </c>
       <c r="U180" s="72">
         <v>8766.7934674155167</v>
       </c>
       <c r="V180" s="69">
         <v>504512.15643104317</v>
       </c>
     </row>
-    <row r="181" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="1">
         <v>2024.04</v>
       </c>
       <c r="B181" s="73">
         <v>58021</v>
       </c>
       <c r="C181" s="10">
         <v>44110</v>
       </c>
       <c r="D181" s="10">
         <v>632516</v>
       </c>
       <c r="E181" s="10">
         <v>231820</v>
       </c>
       <c r="F181" s="10">
         <v>561497</v>
       </c>
       <c r="G181" s="10">
         <v>0</v>
       </c>
       <c r="H181" s="10">
         <v>10322</v>
       </c>
       <c r="I181" s="25">
@@ -12579,51 +12611,51 @@
       <c r="O181" s="94">
         <v>7.930512615927757</v>
       </c>
       <c r="P181" s="70">
         <v>12654.8610185</v>
       </c>
       <c r="Q181" s="71">
         <v>2608.4448322200001</v>
       </c>
       <c r="R181" s="71">
         <v>81261.085912549897</v>
       </c>
       <c r="S181" s="71">
         <v>70630.400929869997</v>
       </c>
       <c r="T181" s="71">
         <v>561496.58100038441</v>
       </c>
       <c r="U181" s="72">
         <v>10322.239052329996</v>
       </c>
       <c r="V181" s="69">
         <v>738973.61274585431</v>
       </c>
     </row>
-    <row r="182" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="1">
         <v>2024.05</v>
       </c>
       <c r="B182" s="73">
         <v>0</v>
       </c>
       <c r="C182" s="10">
         <v>46533</v>
       </c>
       <c r="D182" s="10">
         <v>445659</v>
       </c>
       <c r="E182" s="10">
         <v>271492</v>
       </c>
       <c r="F182" s="10">
         <v>522562</v>
       </c>
       <c r="G182" s="10">
         <v>0</v>
       </c>
       <c r="H182" s="10">
         <v>13461</v>
       </c>
       <c r="I182" s="25">
@@ -12647,51 +12679,51 @@
       <c r="O182" s="94">
         <v>6.4339299736404758</v>
       </c>
       <c r="P182" s="70">
         <v>9963.0353747499994</v>
       </c>
       <c r="Q182" s="71">
         <v>7572.2034949999997</v>
       </c>
       <c r="R182" s="71">
         <v>93473.843622250075</v>
       </c>
       <c r="S182" s="71">
         <v>82129.7390916</v>
       </c>
       <c r="T182" s="71">
         <v>522561.67650766973</v>
       </c>
       <c r="U182" s="72">
         <v>13461.261348100541</v>
       </c>
       <c r="V182" s="69">
         <v>729161.75943937025</v>
       </c>
     </row>
-    <row r="183" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="1">
         <v>2024.06</v>
       </c>
       <c r="B183" s="73">
         <v>0</v>
       </c>
       <c r="C183" s="10">
         <v>57982</v>
       </c>
       <c r="D183" s="10">
         <v>866036</v>
       </c>
       <c r="E183" s="10">
         <v>178721</v>
       </c>
       <c r="F183" s="10">
         <v>524184</v>
       </c>
       <c r="G183" s="10">
         <v>0</v>
       </c>
       <c r="H183" s="10">
         <v>7217</v>
       </c>
       <c r="I183" s="25">
@@ -12715,51 +12747,51 @@
       <c r="O183" s="94">
         <v>2.3466882705542149</v>
       </c>
       <c r="P183" s="70">
         <v>16643.113853999999</v>
       </c>
       <c r="Q183" s="71">
         <v>2682.4082760000001</v>
       </c>
       <c r="R183" s="71">
         <v>109131.75547594008</v>
       </c>
       <c r="S183" s="71">
         <v>69589.653916619951</v>
       </c>
       <c r="T183" s="71">
         <v>524184.48489934573</v>
       </c>
       <c r="U183" s="72">
         <v>7216.5911462239828</v>
       </c>
       <c r="V183" s="69">
         <v>729448.00756812969</v>
       </c>
     </row>
-    <row r="184" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="1">
         <v>2024.07</v>
       </c>
       <c r="B184" s="73">
         <v>0</v>
       </c>
       <c r="C184" s="10">
         <v>94109</v>
       </c>
       <c r="D184" s="10">
         <v>1494955</v>
       </c>
       <c r="E184" s="10">
         <v>290464</v>
       </c>
       <c r="F184" s="10">
         <v>713682</v>
       </c>
       <c r="G184" s="10">
         <v>570.74998500000004</v>
       </c>
       <c r="H184" s="10">
         <v>9873</v>
       </c>
       <c r="I184" s="25">
@@ -12783,51 +12815,51 @@
       <c r="O184" s="94">
         <v>0.63675375317123273</v>
       </c>
       <c r="P184" s="70">
         <v>63588.527734300005</v>
       </c>
       <c r="Q184" s="71">
         <v>7967.2539129999996</v>
       </c>
       <c r="R184" s="71">
         <v>100035.42957613019</v>
       </c>
       <c r="S184" s="71">
         <v>190428.8516986699</v>
       </c>
       <c r="T184" s="71">
         <v>713682.33691556088</v>
       </c>
       <c r="U184" s="72">
         <v>9872.6313206309551</v>
       </c>
       <c r="V184" s="69">
         <v>1085575.031158292</v>
       </c>
     </row>
-    <row r="185" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="1">
         <v>2024.08</v>
       </c>
       <c r="B185" s="73">
         <v>0</v>
       </c>
       <c r="C185" s="10">
         <v>164903</v>
       </c>
       <c r="D185" s="10">
         <v>686188</v>
       </c>
       <c r="E185" s="10">
         <v>266524</v>
       </c>
       <c r="F185" s="10">
         <v>612561</v>
       </c>
       <c r="G185" s="10">
         <v>0</v>
       </c>
       <c r="H185" s="10">
         <v>13418</v>
       </c>
       <c r="I185" s="25">
@@ -12851,51 +12883,51 @@
       <c r="O185" s="94">
         <v>1.856258784152873</v>
       </c>
       <c r="P185" s="70">
         <v>31695.888980440002</v>
       </c>
       <c r="Q185" s="71">
         <v>22300.954243799999</v>
       </c>
       <c r="R185" s="71">
         <v>84397.190609130892</v>
       </c>
       <c r="S185" s="71">
         <v>65083.827199449937</v>
       </c>
       <c r="T185" s="71">
         <v>612560.80890166352</v>
       </c>
       <c r="U185" s="72">
         <v>13418.205792148208</v>
       </c>
       <c r="V185" s="69">
         <v>829456.87572663266</v>
       </c>
     </row>
-    <row r="186" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="1">
         <v>2024.09</v>
       </c>
       <c r="B186" s="73">
         <v>0</v>
       </c>
       <c r="C186" s="10">
         <v>98055</v>
       </c>
       <c r="D186" s="10">
         <v>1264850</v>
       </c>
       <c r="E186" s="10">
         <v>289635</v>
       </c>
       <c r="F186" s="10">
         <v>617211</v>
       </c>
       <c r="G186" s="10">
         <v>733.12196600000004</v>
       </c>
       <c r="H186" s="10">
         <v>10882</v>
       </c>
       <c r="I186" s="25">
@@ -12919,51 +12951,51 @@
       <c r="O186" s="94">
         <v>4.3007550150496803</v>
       </c>
       <c r="P186" s="70">
         <v>48574.025682710002</v>
       </c>
       <c r="Q186" s="71">
         <v>5427.3635210000002</v>
       </c>
       <c r="R186" s="71">
         <v>93762.852812380166</v>
       </c>
       <c r="S186" s="71">
         <v>75096.317376730178</v>
       </c>
       <c r="T186" s="71">
         <v>617211.12810754892</v>
       </c>
       <c r="U186" s="72">
         <v>10881.760549940465</v>
       </c>
       <c r="V186" s="69">
         <v>850953.44805030979</v>
       </c>
     </row>
-    <row r="187" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="1">
         <v>2024.1</v>
       </c>
       <c r="B187" s="73">
         <v>0</v>
       </c>
       <c r="C187" s="10">
         <v>186724</v>
       </c>
       <c r="D187" s="10">
         <v>2649683</v>
       </c>
       <c r="E187" s="10">
         <v>367528</v>
       </c>
       <c r="F187" s="10">
         <v>648509</v>
       </c>
       <c r="G187" s="10">
         <v>0</v>
       </c>
       <c r="H187" s="10">
         <v>16103</v>
       </c>
       <c r="I187" s="25">
@@ -12987,51 +13019,51 @@
       <c r="O187" s="94">
         <v>6.4278657378711443</v>
       </c>
       <c r="P187" s="70">
         <v>102240.95759810001</v>
       </c>
       <c r="Q187" s="71">
         <v>17355.252422000001</v>
       </c>
       <c r="R187" s="71">
         <v>111640.95891486021</v>
       </c>
       <c r="S187" s="71">
         <v>70854.440704850014</v>
       </c>
       <c r="T187" s="71">
         <v>648509.4086405338</v>
       </c>
       <c r="U187" s="72">
         <v>16103.39322249265</v>
       </c>
       <c r="V187" s="69">
         <v>966704.41150283674</v>
       </c>
     </row>
-    <row r="188" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="1">
         <v>2024.11</v>
       </c>
       <c r="B188" s="73">
         <v>0</v>
       </c>
       <c r="C188" s="10">
         <v>95429</v>
       </c>
       <c r="D188" s="10">
         <v>1171752</v>
       </c>
       <c r="E188" s="10">
         <v>461567</v>
       </c>
       <c r="F188" s="10">
         <v>608119</v>
       </c>
       <c r="G188" s="10">
         <v>0</v>
       </c>
       <c r="H188" s="10">
         <v>10587</v>
       </c>
       <c r="I188" s="25">
@@ -13055,51 +13087,51 @@
       <c r="O188" s="94">
         <v>7.1929799152564051</v>
       </c>
       <c r="P188" s="70">
         <v>41684.783769829999</v>
       </c>
       <c r="Q188" s="71">
         <v>4731.7438469999997</v>
       </c>
       <c r="R188" s="71">
         <v>118752.64400772001</v>
       </c>
       <c r="S188" s="71">
         <v>84156.413996469972</v>
       </c>
       <c r="T188" s="71">
         <v>608118.63183550176</v>
       </c>
       <c r="U188" s="72">
         <v>10586.899246725559</v>
       </c>
       <c r="V188" s="69">
         <v>868031.1167032473</v>
       </c>
     </row>
-    <row r="189" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="1">
         <v>2024.12</v>
       </c>
       <c r="B189" s="73">
         <v>0</v>
       </c>
       <c r="C189" s="10">
         <v>283756</v>
       </c>
       <c r="D189" s="10">
         <v>1744609</v>
       </c>
       <c r="E189" s="10">
         <v>586503</v>
       </c>
       <c r="F189" s="10">
         <v>539238</v>
       </c>
       <c r="G189" s="10">
         <v>0</v>
       </c>
       <c r="H189" s="10">
         <v>12011</v>
       </c>
       <c r="I189" s="25">
@@ -13122,52 +13154,53 @@
       </c>
       <c r="O189" s="94">
         <v>6.8835758167178644</v>
       </c>
       <c r="P189" s="70">
         <v>29506.702411360002</v>
       </c>
       <c r="Q189" s="71">
         <v>38158.412061000003</v>
       </c>
       <c r="R189" s="71">
         <v>133381.98006413999</v>
       </c>
       <c r="S189" s="71">
         <v>90627.559999000121</v>
       </c>
       <c r="T189" s="71">
         <v>539238.17040172475</v>
       </c>
       <c r="U189" s="72">
         <v>12010.749659115261</v>
       </c>
       <c r="V189" s="69">
         <v>842923.57459634007</v>
       </c>
-    </row>
-    <row r="190" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W189" s="144"/>
+    </row>
+    <row r="190" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="1">
         <v>2025.01</v>
       </c>
       <c r="B190" s="73">
         <v>87</v>
       </c>
       <c r="C190" s="10">
         <v>138781.99115700001</v>
       </c>
       <c r="D190" s="10">
         <v>2182978</v>
       </c>
       <c r="E190" s="10">
         <v>543500</v>
       </c>
       <c r="F190" s="10">
         <v>499389</v>
       </c>
       <c r="G190" s="10">
         <v>0</v>
       </c>
       <c r="H190" s="10">
         <v>15722</v>
       </c>
       <c r="I190" s="25">
@@ -13191,51 +13224,51 @@
       <c r="O190" s="94">
         <v>9.5335373033505704</v>
       </c>
       <c r="P190" s="70">
         <v>33133.94626692</v>
       </c>
       <c r="Q190" s="71">
         <v>5023.3685079999996</v>
       </c>
       <c r="R190" s="71">
         <v>140760.54723424997</v>
       </c>
       <c r="S190" s="71">
         <v>89958.083316289922</v>
       </c>
       <c r="T190" s="71">
         <v>499389.00372023851</v>
       </c>
       <c r="U190" s="72">
         <v>15721.614616017729</v>
       </c>
       <c r="V190" s="69">
         <v>783986.56366171606</v>
       </c>
     </row>
-    <row r="191" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="1">
         <v>2025.02</v>
       </c>
       <c r="B191" s="73">
         <v>100816</v>
       </c>
       <c r="C191" s="10">
         <v>205739</v>
       </c>
       <c r="D191" s="10">
         <v>1271039</v>
       </c>
       <c r="E191" s="10">
         <v>480382</v>
       </c>
       <c r="F191" s="10">
         <v>517950</v>
       </c>
       <c r="G191" s="10">
         <v>0</v>
       </c>
       <c r="H191" s="10">
         <v>18503</v>
       </c>
       <c r="I191" s="25">
@@ -13259,51 +13292,51 @@
       <c r="O191" s="94">
         <v>9.0782402811323486</v>
       </c>
       <c r="P191" s="70">
         <v>20371.06994225</v>
       </c>
       <c r="Q191" s="71">
         <v>6634.8399380000001</v>
       </c>
       <c r="R191" s="71">
         <v>142932.65570925994</v>
       </c>
       <c r="S191" s="71">
         <v>86180.022758959996</v>
       </c>
       <c r="T191" s="71">
         <v>517950.45582310646</v>
       </c>
       <c r="U191" s="72">
         <v>18502.589241116122</v>
       </c>
       <c r="V191" s="69">
         <v>792572</v>
       </c>
     </row>
-    <row r="192" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="1">
         <v>2025.03</v>
       </c>
       <c r="B192" s="73">
         <v>0</v>
       </c>
       <c r="C192" s="10">
         <v>149545</v>
       </c>
       <c r="D192" s="10">
         <v>766492</v>
       </c>
       <c r="E192" s="10">
         <v>578635</v>
       </c>
       <c r="F192" s="10">
         <v>675803</v>
       </c>
       <c r="G192" s="10">
         <v>0</v>
       </c>
       <c r="H192" s="10">
         <v>27346</v>
       </c>
       <c r="I192" s="25">
@@ -13327,51 +13360,51 @@
       <c r="O192" s="94">
         <v>6.9670095543216943</v>
       </c>
       <c r="P192" s="70">
         <v>9001.768614720002</v>
       </c>
       <c r="Q192" s="71">
         <v>3102.0708100000002</v>
       </c>
       <c r="R192" s="71">
         <v>145542.61064278017</v>
       </c>
       <c r="S192" s="71">
         <v>91782.388449060003</v>
       </c>
       <c r="T192" s="71">
         <v>675802.85117692431</v>
       </c>
       <c r="U192" s="72">
         <v>27345.699933075011</v>
       </c>
       <c r="V192" s="69">
         <v>952577</v>
       </c>
     </row>
-    <row r="193" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="1">
         <v>2025.04</v>
       </c>
       <c r="B193" s="73">
         <v>0</v>
       </c>
       <c r="C193" s="10">
         <v>220709</v>
       </c>
       <c r="D193" s="10">
         <v>952360</v>
       </c>
       <c r="E193" s="10">
         <v>517465</v>
       </c>
       <c r="F193" s="10">
         <v>859327</v>
       </c>
       <c r="G193" s="10">
         <v>20000</v>
       </c>
       <c r="H193" s="10">
         <v>23480</v>
       </c>
       <c r="I193" s="25">
@@ -13395,51 +13428,51 @@
       <c r="O193" s="94">
         <v>5.9075529318659745</v>
       </c>
       <c r="P193" s="70">
         <v>7388.4</v>
       </c>
       <c r="Q193" s="71">
         <v>19079.748091000001</v>
       </c>
       <c r="R193" s="71">
         <v>139429.15001704037</v>
       </c>
       <c r="S193" s="71">
         <v>101154.42814415001</v>
       </c>
       <c r="T193" s="71">
         <v>859326.52275825117</v>
       </c>
       <c r="U193" s="72">
         <v>23480.451689880498</v>
       </c>
       <c r="V193" s="69">
         <v>1149859</v>
       </c>
     </row>
-    <row r="194" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="1">
         <v>2025.05</v>
       </c>
       <c r="B194" s="73">
         <v>0</v>
       </c>
       <c r="C194" s="10">
         <v>216938</v>
       </c>
       <c r="D194" s="10">
         <v>2993052</v>
       </c>
       <c r="E194" s="10">
         <v>696251</v>
       </c>
       <c r="F194" s="10">
         <v>548816</v>
       </c>
       <c r="G194" s="10">
         <v>0</v>
       </c>
       <c r="H194" s="10">
         <v>26553</v>
       </c>
       <c r="I194" s="25">
@@ -13463,51 +13496,51 @@
       <c r="O194" s="94">
         <v>8.49311538158174</v>
       </c>
       <c r="P194" s="70">
         <v>14891.364353999999</v>
       </c>
       <c r="Q194" s="71">
         <v>16716.567838999999</v>
       </c>
       <c r="R194" s="71">
         <v>171929.75854433005</v>
       </c>
       <c r="S194" s="71">
         <v>86958.284588759998</v>
       </c>
       <c r="T194" s="71">
         <v>548816.40556565486</v>
       </c>
       <c r="U194" s="72">
         <v>26553.448884603891</v>
       </c>
       <c r="V194" s="69">
         <v>865866</v>
       </c>
     </row>
-    <row r="195" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="1">
         <v>2025.06</v>
       </c>
       <c r="B195" s="73">
         <v>0</v>
       </c>
       <c r="C195" s="10">
         <v>363855</v>
       </c>
       <c r="D195" s="10">
         <v>1733306</v>
       </c>
       <c r="E195" s="10">
         <v>680242</v>
       </c>
       <c r="F195" s="10">
         <v>607681</v>
       </c>
       <c r="G195" s="10">
         <v>0</v>
       </c>
       <c r="H195" s="10">
         <v>31906</v>
       </c>
       <c r="I195" s="25">
@@ -13531,51 +13564,51 @@
       <c r="O195" s="94">
         <v>8.9</v>
       </c>
       <c r="P195" s="70">
         <v>10422.15</v>
       </c>
       <c r="Q195" s="71">
         <v>14689.911</v>
       </c>
       <c r="R195" s="71">
         <v>219708.55542359003</v>
       </c>
       <c r="S195" s="71">
         <v>96840.130489799747</v>
       </c>
       <c r="T195" s="71">
         <v>607681.20113169518</v>
       </c>
       <c r="U195" s="72">
         <v>31905.616524927886</v>
       </c>
       <c r="V195" s="69">
         <v>981248</v>
       </c>
     </row>
-    <row r="196" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="1">
         <v>2025.07</v>
       </c>
       <c r="B196" s="73">
         <v>33002</v>
       </c>
       <c r="C196" s="10">
         <v>96781</v>
       </c>
       <c r="D196" s="10">
         <v>2336482</v>
       </c>
       <c r="E196" s="10">
         <v>682646</v>
       </c>
       <c r="F196" s="10">
         <v>616902</v>
       </c>
       <c r="G196" s="10">
         <v>0</v>
       </c>
       <c r="H196" s="10">
         <v>27775</v>
       </c>
       <c r="I196" s="25">
@@ -13599,51 +13632,51 @@
       <c r="O196" s="94">
         <v>8.4</v>
       </c>
       <c r="P196" s="70">
         <v>11601.494770560001</v>
       </c>
       <c r="Q196" s="71">
         <v>0</v>
       </c>
       <c r="R196" s="71">
         <v>188624.5946804299</v>
       </c>
       <c r="S196" s="71">
         <v>112328.31310276008</v>
       </c>
       <c r="T196" s="71">
         <v>616902.21449626784</v>
       </c>
       <c r="U196" s="72">
         <v>27774.736544147465</v>
       </c>
       <c r="V196" s="69">
         <v>957231</v>
       </c>
     </row>
-    <row r="197" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="1">
         <v>2025.08</v>
       </c>
       <c r="B197" s="73">
         <v>0</v>
       </c>
       <c r="C197" s="10">
         <v>186836</v>
       </c>
       <c r="D197" s="10">
         <v>1410725</v>
       </c>
       <c r="E197" s="10">
         <v>540158</v>
       </c>
       <c r="F197" s="10">
         <v>622394</v>
       </c>
       <c r="G197" s="10">
         <v>0</v>
       </c>
       <c r="H197" s="10">
         <v>32544</v>
       </c>
       <c r="I197" s="25">
@@ -13667,51 +13700,51 @@
       <c r="O197" s="94">
         <v>7.5</v>
       </c>
       <c r="P197" s="70">
         <v>268844</v>
       </c>
       <c r="Q197" s="71">
         <v>11638</v>
       </c>
       <c r="R197" s="71">
         <v>176060</v>
       </c>
       <c r="S197" s="71">
         <v>92716</v>
       </c>
       <c r="T197" s="71">
         <v>622394</v>
       </c>
       <c r="U197" s="72">
         <v>32544</v>
       </c>
       <c r="V197" s="69">
         <v>1204196</v>
       </c>
     </row>
-    <row r="198" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="1">
         <v>2025.09</v>
       </c>
       <c r="B198" s="73">
         <v>0</v>
       </c>
       <c r="C198" s="10">
         <v>221907</v>
       </c>
       <c r="D198" s="10">
         <v>198644</v>
       </c>
       <c r="E198" s="10">
         <v>926281</v>
       </c>
       <c r="F198" s="10">
         <v>786567</v>
       </c>
       <c r="G198" s="10">
         <v>0</v>
       </c>
       <c r="H198" s="10">
         <v>36059</v>
       </c>
       <c r="I198" s="25">
@@ -13735,51 +13768,51 @@
       <c r="O198" s="94">
         <v>7.6</v>
       </c>
       <c r="P198" s="70">
         <v>1900</v>
       </c>
       <c r="Q198" s="71">
         <v>2820</v>
       </c>
       <c r="R198" s="71">
         <v>250718</v>
       </c>
       <c r="S198" s="71">
         <v>104839</v>
       </c>
       <c r="T198" s="71">
         <v>786567</v>
       </c>
       <c r="U198" s="72">
         <v>36059</v>
       </c>
       <c r="V198" s="69">
         <v>1182902</v>
       </c>
     </row>
-    <row r="199" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="1">
         <v>2025.1</v>
       </c>
       <c r="B199" s="73">
         <v>4250</v>
       </c>
       <c r="C199" s="10">
         <v>211136</v>
       </c>
       <c r="D199" s="10">
         <v>2926332</v>
       </c>
       <c r="E199" s="10">
         <v>913038</v>
       </c>
       <c r="F199" s="10">
         <v>969338</v>
       </c>
       <c r="G199" s="10">
         <v>4313</v>
       </c>
       <c r="H199" s="10">
         <v>38383</v>
       </c>
       <c r="I199" s="25">
@@ -13803,187 +13836,189 @@
       <c r="O199" s="94">
         <v>9</v>
       </c>
       <c r="P199" s="70">
         <v>30497</v>
       </c>
       <c r="Q199" s="71">
         <v>6531</v>
       </c>
       <c r="R199" s="71">
         <v>252081</v>
       </c>
       <c r="S199" s="71">
         <v>132708</v>
       </c>
       <c r="T199" s="71">
         <v>969338</v>
       </c>
       <c r="U199" s="72">
         <v>38383</v>
       </c>
       <c r="V199" s="69">
         <v>1429539</v>
       </c>
     </row>
-    <row r="200" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="1">
         <v>2025.11</v>
       </c>
-      <c r="B200" s="73" t="e">
-[...63 lines deleted...]
-    <row r="201" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="141">
+        <v>0</v>
+      </c>
+      <c r="C200" s="142">
+        <v>372911</v>
+      </c>
+      <c r="D200" s="142">
+        <v>4440371</v>
+      </c>
+      <c r="E200" s="142">
+        <v>1003733</v>
+      </c>
+      <c r="F200" s="142">
+        <v>1080928</v>
+      </c>
+      <c r="G200" s="142">
+        <v>0</v>
+      </c>
+      <c r="H200" s="143">
+        <v>36658</v>
+      </c>
+      <c r="I200" s="25">
+        <v>6934602</v>
+      </c>
+      <c r="J200" s="99">
+        <v>16</v>
+      </c>
+      <c r="K200" s="10">
+        <v>27</v>
+      </c>
+      <c r="L200" s="25">
+        <v>0</v>
+      </c>
+      <c r="M200" s="28">
+        <v>667</v>
+      </c>
+      <c r="N200" s="18">
+        <v>43.4</v>
+      </c>
+      <c r="O200" s="94">
+        <v>9</v>
+      </c>
+      <c r="P200" s="70">
+        <v>14403</v>
+      </c>
+      <c r="Q200" s="71">
+        <v>13824</v>
+      </c>
+      <c r="R200" s="71">
+        <v>286093</v>
+      </c>
+      <c r="S200" s="71">
+        <v>138770</v>
+      </c>
+      <c r="T200" s="71">
+        <v>1080928</v>
+      </c>
+      <c r="U200" s="72">
+        <v>36658</v>
+      </c>
+      <c r="V200" s="69">
+        <v>1570676</v>
+      </c>
+    </row>
+    <row r="201" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="1">
         <v>2025.12</v>
       </c>
-      <c r="B201" s="73" t="e">
-[...63 lines deleted...]
-    <row r="202" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="141">
+        <v>77906</v>
+      </c>
+      <c r="C201" s="142">
+        <v>198507</v>
+      </c>
+      <c r="D201" s="10">
+        <v>1948491</v>
+      </c>
+      <c r="E201" s="142">
+        <v>988084</v>
+      </c>
+      <c r="F201" s="142">
+        <v>1312247</v>
+      </c>
+      <c r="G201" s="10">
+        <v>0</v>
+      </c>
+      <c r="H201" s="143">
+        <v>44014</v>
+      </c>
+      <c r="I201" s="25">
+        <v>4569249</v>
+      </c>
+      <c r="J201" s="99">
+        <v>16</v>
+      </c>
+      <c r="K201" s="10">
+        <v>40</v>
+      </c>
+      <c r="L201" s="25">
+        <v>162302724</v>
+      </c>
+      <c r="M201" s="28">
+        <v>686</v>
+      </c>
+      <c r="N201" s="18">
+        <v>35.799999999999997</v>
+      </c>
+      <c r="O201" s="94">
+        <v>8.9</v>
+      </c>
+      <c r="P201" s="70">
+        <v>18956</v>
+      </c>
+      <c r="Q201" s="71">
+        <v>30812</v>
+      </c>
+      <c r="R201" s="71">
+        <v>313894</v>
+      </c>
+      <c r="S201" s="71">
+        <v>135859</v>
+      </c>
+      <c r="T201" s="71">
+        <v>1312247</v>
+      </c>
+      <c r="U201" s="72">
+        <v>44014</v>
+      </c>
+      <c r="V201" s="69">
+        <v>1855783</v>
+      </c>
+      <c r="W201" s="144"/>
+      <c r="X201" s="145"/>
+    </row>
+    <row r="202" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="1">
         <v>2026.01</v>
       </c>
       <c r="B202" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H202" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I202" s="25" t="e">
@@ -14007,51 +14042,51 @@
       <c r="O202" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P202" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q202" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R202" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S202" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T202" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U202" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V202" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="203" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="1">
         <v>2026.02</v>
       </c>
       <c r="B203" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H203" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I203" s="25" t="e">
@@ -14075,51 +14110,51 @@
       <c r="O203" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P203" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q203" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R203" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S203" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T203" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U203" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V203" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="204" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="1">
         <v>2026.03</v>
       </c>
       <c r="B204" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H204" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I204" s="25" t="e">
@@ -14143,51 +14178,51 @@
       <c r="O204" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P204" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q204" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R204" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S204" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T204" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U204" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V204" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="205" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="1">
         <v>2026.04</v>
       </c>
       <c r="B205" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H205" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I205" s="25" t="e">
@@ -14211,51 +14246,51 @@
       <c r="O205" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P205" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q205" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R205" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S205" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T205" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U205" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V205" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="206" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="1">
         <v>2026.05</v>
       </c>
       <c r="B206" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H206" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I206" s="25" t="e">
@@ -14279,51 +14314,51 @@
       <c r="O206" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P206" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q206" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R206" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S206" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T206" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U206" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V206" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="207" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="1">
         <v>2026.06</v>
       </c>
       <c r="B207" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H207" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I207" s="25" t="e">
@@ -14347,51 +14382,51 @@
       <c r="O207" s="94" t="e">
         <v>#N/A</v>
       </c>
       <c r="P207" s="70" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q207" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="R207" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="S207" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="T207" s="71" t="e">
         <v>#N/A</v>
       </c>
       <c r="U207" s="72" t="e">
         <v>#N/A</v>
       </c>
       <c r="V207" s="69" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="208" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="1">
         <v>2026.07</v>
       </c>
       <c r="B208" s="73" t="e">
         <v>#N/A</v>
       </c>
       <c r="C208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H208" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I208" s="25" t="e">
@@ -18042,52 +18077,52 @@
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="17" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A4" location="Índice!A13" display="Volver al índice" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C5B9F2161CEE1040BBC03CB11300495F" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="126bfeb7ae601119bfc9c37fe78f3e1b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5dd4176-d247-4204-85b8-921214f3ccea" xmlns:ns3="359b39ce-e1f9-4933-8424-33b611e6fdcd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2137ec74e9b380cd6ab08453deebfc43" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C5B9F2161CEE1040BBC03CB11300495F" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="a7cec21613a3259523bdab11a1e26aca">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5dd4176-d247-4204-85b8-921214f3ccea" xmlns:ns3="359b39ce-e1f9-4933-8424-33b611e6fdcd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68943c349d3a016936c8f8cb3335004b" ns2:_="" ns3:_="">
     <xsd:import namespace="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <xsd:import namespace="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -18243,103 +18278,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="359b39ce-e1f9-4933-8424-33b611e6fdcd" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5dd4176-d247-4204-85b8-921214f3ccea">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5548DE31-7FD4-40F6-A98C-8333B35DE147}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5391394E-ACC2-484F-B6D4-A29C0AE8D23F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <ds:schemaRef ds:uri="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7A1AE2-79B5-45E2-9D53-11A870F1D987}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A87D32-22F8-4B25-9692-D498E7E5A8B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <ds:schemaRef ds:uri="b5dd4176-d247-4204-85b8-921214f3ccea"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA7A1AE2-79B5-45E2-9D53-11A870F1D987}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>DATA_MCAP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>