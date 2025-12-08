--- v0 (2025-10-02)
+++ v1 (2025-12-08)
@@ -6,93 +6,156 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bcsfcomar.sharepoint.com/sites/grp_ces/Documentos compartidos/CicSFE_sp/Agro/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Sitio CES\6. INFORMACIÓN ESTADÍSTICA\6.1. BASES DE DATOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="417" documentId="13_ncr:1_{434ABEDE-15D4-4835-A5F3-155B3631287B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10E07629-CF8C-48FB-85C0-E77C49D5F654}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09FB6DA0-3B77-445A-9DDC-7EA8771519E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9570" yWindow="3135" windowWidth="18495" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Portada" sheetId="4" r:id="rId1"/>
     <sheet name="Santa Fe" sheetId="2" r:id="rId2"/>
     <sheet name="Participación Santa Fe (%)" sheetId="3" r:id="rId3"/>
     <sheet name="Argentina" sheetId="1" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BU38" i="1" l="1"/>
+  <c r="BC38" i="3" l="1"/>
+  <c r="BB38" i="3"/>
+  <c r="BA38" i="3"/>
+  <c r="AZ38" i="3"/>
+  <c r="AY38" i="3"/>
+  <c r="AX38" i="3"/>
+  <c r="AW38" i="3"/>
+  <c r="AV38" i="3"/>
+  <c r="AU38" i="3"/>
+  <c r="AT38" i="3"/>
+  <c r="AS38" i="3"/>
+  <c r="AR38" i="3"/>
+  <c r="AQ38" i="3"/>
+  <c r="AP38" i="3"/>
+  <c r="AO38" i="3"/>
+  <c r="AN38" i="3"/>
+  <c r="AM38" i="3"/>
+  <c r="AL38" i="3"/>
+  <c r="AK38" i="3"/>
+  <c r="AJ38" i="3"/>
+  <c r="AI38" i="3"/>
+  <c r="AH38" i="3"/>
+  <c r="AG38" i="3"/>
+  <c r="AF38" i="3"/>
+  <c r="AE38" i="3"/>
+  <c r="AD38" i="3"/>
+  <c r="AC38" i="3"/>
+  <c r="AB38" i="3"/>
+  <c r="AA38" i="3"/>
+  <c r="Z38" i="3"/>
+  <c r="Y38" i="3"/>
+  <c r="X38" i="3"/>
+  <c r="W38" i="3"/>
+  <c r="V38" i="3"/>
+  <c r="U38" i="3"/>
+  <c r="T38" i="3"/>
+  <c r="S38" i="3"/>
+  <c r="R38" i="3"/>
+  <c r="Q38" i="3"/>
+  <c r="P38" i="3"/>
+  <c r="O38" i="3"/>
+  <c r="N38" i="3"/>
+  <c r="M38" i="3"/>
+  <c r="L38" i="3"/>
+  <c r="K38" i="3"/>
+  <c r="J38" i="3"/>
+  <c r="I38" i="3"/>
+  <c r="H38" i="3"/>
+  <c r="G38" i="3"/>
+  <c r="F38" i="3"/>
+  <c r="E38" i="3"/>
+  <c r="D38" i="3"/>
+  <c r="C38" i="3"/>
+  <c r="B38" i="3"/>
+  <c r="BU38" i="2"/>
+  <c r="BX38" i="2" s="1"/>
+  <c r="BV38" i="2"/>
+  <c r="BY38" i="2" s="1"/>
+  <c r="BW38" i="2"/>
+  <c r="BZ38" i="2" s="1"/>
+  <c r="AP38" i="2"/>
+  <c r="AQ38" i="2"/>
+  <c r="AR38" i="2"/>
+  <c r="BU38" i="1"/>
+  <c r="BX38" i="1" s="1"/>
   <c r="BV38" i="1"/>
+  <c r="BY38" i="1" s="1"/>
   <c r="BW38" i="1"/>
-  <c r="BX38" i="1"/>
-[...1 lines deleted...]
-  <c r="BZ38" i="1"/>
+  <c r="BZ38" i="1" s="1"/>
   <c r="BU39" i="1"/>
   <c r="BV39" i="1"/>
   <c r="BW39" i="1"/>
   <c r="BX39" i="1"/>
   <c r="BY39" i="1"/>
   <c r="BZ39" i="1"/>
   <c r="BU10" i="1"/>
   <c r="BX10" i="1" s="1"/>
   <c r="BV10" i="1"/>
   <c r="BY10" i="1" s="1"/>
   <c r="BW10" i="1"/>
   <c r="BZ10" i="1"/>
   <c r="BU11" i="1"/>
   <c r="BV11" i="1"/>
   <c r="BW11" i="1"/>
   <c r="BX11" i="1"/>
   <c r="BY11" i="1"/>
   <c r="BZ11" i="1"/>
   <c r="BU12" i="1"/>
   <c r="BV12" i="1"/>
   <c r="BW12" i="1"/>
   <c r="BX12" i="1"/>
   <c r="BY12" i="1"/>
   <c r="BZ12" i="1"/>
   <c r="BU13" i="1"/>
@@ -535,92 +598,92 @@
         <b/>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Website</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: https://bcsf.com.ar/ces/ o bien http://www.bcsf.com.ar </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Incluye información estadística correspondiente a la superficie sembrada, cosechada, producción y rendimiento promedio por cultivo en la provincia de Santa Fe y agregado nacional</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>Secretaría de Agricultura, Ganadería y Pesca de la Nación.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fuente primaria</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>: Secretaría de Agricultura, Ganadería y Pesca de la Nación</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Última actualización</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>: Cosecha 2024/25</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0_);[Red]\-#,##0.0_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <b/>
@@ -758,84 +821,78 @@
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF00B0F0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="63">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1550,51 +1607,51 @@
     <border>
       <left style="dashed">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="162">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1705,142 +1762,139 @@
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="20" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="26" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="5" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="19" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="2" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="8" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="7" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="9" fillId="3" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="9" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="2" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="3" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="23" fillId="3" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="23" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="23" fillId="3" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="23" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1858,88 +1912,88 @@
     <xf numFmtId="164" fontId="22" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="53" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="54" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="55" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="56" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="57" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="35" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="8" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="7" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="50" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="8" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="7" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="3" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="25" fillId="7" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="25" fillId="7" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="6" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="6" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="6" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="6" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="25" fillId="7" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="6" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hipervínculo" xfId="2" builtinId="8"/>
     <cellStyle name="Hipervínculo 2" xfId="5" xr:uid="{EA880720-5D5E-4F70-918D-0B2729BD269C}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{E100E27B-8BE6-48FE-B971-C4CAC471E8D1}"/>
     <cellStyle name="Normal_Ipc_s" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Porcentaje" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
@@ -2265,334 +2319,334 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{455F09E9-2CC4-4795-8DD2-DE4EC37AB03A}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="A1:BY41"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="15" topLeftCell="B16" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
-      <selection pane="bottomRight" activeCell="A8" sqref="A8"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="1.7109375" style="22" customWidth="1"/>
     <col min="3" max="3" width="27.85546875" style="22" customWidth="1"/>
     <col min="4" max="4" width="3.42578125" style="22" customWidth="1"/>
     <col min="5" max="15" width="11.42578125" style="22"/>
     <col min="16" max="16" width="13.42578125" style="22" customWidth="1"/>
     <col min="17" max="17" width="10.5703125" style="22" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1" s="74"/>
+      <c r="A1" s="71"/>
       <c r="B1"/>
-      <c r="C1" s="74"/>
-[...22 lines deleted...]
-      <c r="Z1" s="74"/>
+      <c r="C1" s="71"/>
+      <c r="D1" s="71"/>
+      <c r="E1" s="71"/>
+      <c r="F1" s="71"/>
+      <c r="G1" s="71"/>
+      <c r="H1" s="71"/>
+      <c r="I1" s="71"/>
+      <c r="J1" s="71"/>
+      <c r="K1" s="71"/>
+      <c r="L1" s="71"/>
+      <c r="M1" s="71"/>
+      <c r="N1" s="71"/>
+      <c r="O1" s="71"/>
+      <c r="P1" s="71"/>
+      <c r="Q1" s="71"/>
+      <c r="R1" s="71"/>
+      <c r="S1" s="71"/>
+      <c r="T1" s="71"/>
+      <c r="U1" s="71"/>
+      <c r="V1" s="71"/>
+      <c r="W1" s="71"/>
+      <c r="X1" s="71"/>
+      <c r="Y1" s="71"/>
+      <c r="Z1" s="71"/>
     </row>
     <row r="2" spans="1:26" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="74"/>
-[...26 lines deleted...]
-      <c r="Z2" s="74"/>
+      <c r="A2" s="71"/>
+      <c r="B2" s="71"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="72" t="s">
+        <v>0</v>
+      </c>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="71"/>
+      <c r="I2" s="71"/>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="71"/>
+      <c r="M2" s="71"/>
+      <c r="N2" s="71"/>
+      <c r="O2" s="71"/>
+      <c r="P2" s="71"/>
+      <c r="Q2" s="71"/>
+      <c r="R2" s="71"/>
+      <c r="S2" s="71"/>
+      <c r="T2" s="71"/>
+      <c r="U2" s="71"/>
+      <c r="V2" s="71"/>
+      <c r="W2" s="71"/>
+      <c r="X2" s="71"/>
+      <c r="Y2" s="71"/>
+      <c r="Z2" s="71"/>
     </row>
     <row r="3" spans="1:26" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="74"/>
-[...3 lines deleted...]
-      <c r="E3" s="75" t="s">
+      <c r="A3" s="71"/>
+      <c r="B3" s="71"/>
+      <c r="C3" s="71"/>
+      <c r="D3" s="71"/>
+      <c r="E3" s="72" t="s">
         <v>73</v>
       </c>
-      <c r="F3" s="74"/>
-[...19 lines deleted...]
-      <c r="Z3" s="74"/>
+      <c r="F3" s="71"/>
+      <c r="G3" s="71"/>
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="71"/>
+      <c r="M3" s="71"/>
+      <c r="N3" s="71"/>
+      <c r="O3" s="71"/>
+      <c r="P3" s="71"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="71"/>
+      <c r="S3" s="71"/>
+      <c r="T3" s="71"/>
+      <c r="U3" s="71"/>
+      <c r="V3" s="71"/>
+      <c r="W3" s="71"/>
+      <c r="X3" s="71"/>
+      <c r="Y3" s="71"/>
+      <c r="Z3" s="71"/>
     </row>
     <row r="4" spans="1:26" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="74"/>
-[...3 lines deleted...]
-      <c r="E4" s="75" t="s">
+      <c r="A4" s="71"/>
+      <c r="B4" s="71"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="71"/>
+      <c r="E4" s="72" t="s">
         <v>74</v>
       </c>
-      <c r="F4" s="74"/>
-[...19 lines deleted...]
-      <c r="Z4" s="74"/>
+      <c r="F4" s="71"/>
+      <c r="G4" s="71"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="71"/>
+      <c r="K4" s="71"/>
+      <c r="L4" s="71"/>
+      <c r="M4" s="71"/>
+      <c r="N4" s="71"/>
+      <c r="O4" s="71"/>
+      <c r="P4" s="71"/>
+      <c r="Q4" s="71"/>
+      <c r="R4" s="71"/>
+      <c r="S4" s="71"/>
+      <c r="T4" s="71"/>
+      <c r="U4" s="71"/>
+      <c r="V4" s="71"/>
+      <c r="W4" s="71"/>
+      <c r="X4" s="71"/>
+      <c r="Y4" s="71"/>
+      <c r="Z4" s="71"/>
     </row>
     <row r="5" spans="1:26" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="74"/>
-[...3 lines deleted...]
-      <c r="E5" s="75" t="s">
+      <c r="A5" s="71"/>
+      <c r="B5" s="71"/>
+      <c r="C5" s="71"/>
+      <c r="D5" s="71"/>
+      <c r="E5" s="72" t="s">
         <v>75</v>
       </c>
-      <c r="F5" s="74"/>
-[...19 lines deleted...]
-      <c r="Z5" s="74"/>
+      <c r="F5" s="71"/>
+      <c r="G5" s="73"/>
+      <c r="H5" s="71"/>
+      <c r="I5" s="71"/>
+      <c r="J5" s="71"/>
+      <c r="K5" s="71"/>
+      <c r="L5" s="71"/>
+      <c r="M5" s="71"/>
+      <c r="N5" s="71"/>
+      <c r="O5" s="71"/>
+      <c r="P5" s="71"/>
+      <c r="Q5" s="71"/>
+      <c r="R5" s="71"/>
+      <c r="S5" s="71"/>
+      <c r="T5" s="71"/>
+      <c r="U5" s="71"/>
+      <c r="V5" s="71"/>
+      <c r="W5" s="71"/>
+      <c r="X5" s="71"/>
+      <c r="Y5" s="71"/>
+      <c r="Z5" s="71"/>
     </row>
     <row r="6" spans="1:26" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="74"/>
-[...3 lines deleted...]
-      <c r="E6" s="75" t="s">
+      <c r="A6" s="71"/>
+      <c r="B6" s="71"/>
+      <c r="C6" s="71"/>
+      <c r="D6" s="71"/>
+      <c r="E6" s="72" t="s">
         <v>76</v>
       </c>
-      <c r="F6" s="74"/>
-[...19 lines deleted...]
-      <c r="Z6" s="74"/>
+      <c r="F6" s="71"/>
+      <c r="G6" s="71"/>
+      <c r="H6" s="71"/>
+      <c r="I6" s="71"/>
+      <c r="J6" s="71"/>
+      <c r="K6" s="71"/>
+      <c r="L6" s="71"/>
+      <c r="M6" s="71"/>
+      <c r="N6" s="71"/>
+      <c r="O6" s="71"/>
+      <c r="P6" s="71"/>
+      <c r="Q6" s="71"/>
+      <c r="R6" s="71"/>
+      <c r="S6" s="71"/>
+      <c r="T6" s="71"/>
+      <c r="U6" s="71"/>
+      <c r="V6" s="71"/>
+      <c r="W6" s="71"/>
+      <c r="X6" s="71"/>
+      <c r="Y6" s="71"/>
+      <c r="Z6" s="71"/>
     </row>
     <row r="7" spans="1:26" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="74" t="s">
+      <c r="A7" s="71" t="s">
         <v>77</v>
       </c>
-      <c r="B7" s="74"/>
-[...23 lines deleted...]
-      <c r="Z7" s="74"/>
+      <c r="B7" s="71"/>
+      <c r="C7" s="71"/>
+      <c r="D7" s="71"/>
+      <c r="E7" s="73"/>
+      <c r="F7" s="71"/>
+      <c r="G7" s="71"/>
+      <c r="H7" s="71"/>
+      <c r="I7" s="71"/>
+      <c r="J7" s="71"/>
+      <c r="K7" s="71"/>
+      <c r="L7" s="71"/>
+      <c r="M7" s="71"/>
+      <c r="N7" s="71"/>
+      <c r="O7" s="71"/>
+      <c r="P7" s="71"/>
+      <c r="Q7" s="71"/>
+      <c r="R7" s="71"/>
+      <c r="S7" s="71"/>
+      <c r="T7" s="71"/>
+      <c r="U7" s="71"/>
+      <c r="V7" s="71"/>
+      <c r="W7" s="71"/>
+      <c r="X7" s="71"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="71"/>
     </row>
-    <row r="8" spans="1:26" s="82" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C8" s="82" t="s">
+    <row r="8" spans="1:26" s="79" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="79" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="23"/>
     </row>
     <row r="10" spans="1:26" ht="15" x14ac:dyDescent="0.2">
       <c r="C10" s="23" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="E10" s="71"/>
+        <v>81</v>
+      </c>
+      <c r="E10" s="68"/>
     </row>
     <row r="11" spans="1:26" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="83"/>
-      <c r="E11" s="71"/>
+      <c r="C11" s="80"/>
+      <c r="E11" s="68"/>
     </row>
     <row r="12" spans="1:26" s="24" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="C12" s="23" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:26" s="24" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C13" s="23"/>
     </row>
     <row r="14" spans="1:26" ht="15" x14ac:dyDescent="0.25">
       <c r="C14" s="25" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:26" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="16" spans="1:26" s="77" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C16" s="78" t="s">
+    <row r="16" spans="1:26" s="74" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="75" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="2:77" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" spans="2:77" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B19" s="27"/>
-      <c r="C19" s="79" t="s">
+      <c r="C19" s="76" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B20" s="27"/>
-      <c r="C20" s="80"/>
+      <c r="C20" s="77"/>
     </row>
     <row r="21" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B21" s="27"/>
-      <c r="C21" s="79" t="s">
+      <c r="C21" s="76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B22" s="27"/>
-      <c r="C22" s="81"/>
+      <c r="C22" s="78"/>
     </row>
     <row r="23" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B23" s="27"/>
-      <c r="C23" s="79" t="s">
+      <c r="C23" s="76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="2:77" x14ac:dyDescent="0.2">
       <c r="B24" s="27"/>
       <c r="C24" s="26"/>
     </row>
     <row r="25" spans="2:77" x14ac:dyDescent="0.2">
       <c r="C25" s="26"/>
     </row>
     <row r="26" spans="2:77" x14ac:dyDescent="0.2">
       <c r="C26" s="26"/>
     </row>
     <row r="27" spans="2:77" x14ac:dyDescent="0.2">
       <c r="C27" s="26"/>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="26"/>
       <c r="I27" s="26"/>
       <c r="J27" s="26"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="26"/>
@@ -3215,64 +3269,64 @@
     <row r="39" spans="3:77" x14ac:dyDescent="0.2">
       <c r="C39" s="26"/>
     </row>
     <row r="40" spans="3:77" x14ac:dyDescent="0.2">
       <c r="C40" s="26"/>
     </row>
     <row r="41" spans="3:77" x14ac:dyDescent="0.2">
       <c r="C41" s="26"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C19" location="'Santa Fe'!A1" display="Santa Fe" xr:uid="{200EC461-964C-4EC1-AEAA-4DA6045E4534}"/>
     <hyperlink ref="C21" location="'Participación Santa Fe (%)'!A1" display="Participación Santa Fe (%) " xr:uid="{EAE34745-D889-4699-9B02-86ED78B6AF67}"/>
     <hyperlink ref="C23" location="Argentina!A1" display="Argentina" xr:uid="{F87C535E-10F2-452C-BA34-BCB96AD71197}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:BZ39"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="H31" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="B3" sqref="B3"/>
+      <selection pane="bottomRight" activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="78" width="11.42578125" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:78" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="84"/>
-      <c r="B1" s="104"/>
+      <c r="A1" s="81"/>
+      <c r="B1" s="101"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
@@ -3301,57 +3355,57 @@
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
       <c r="BD1" s="1"/>
       <c r="BE1" s="1"/>
       <c r="BF1" s="1"/>
       <c r="BG1" s="1"/>
       <c r="BH1" s="1"/>
       <c r="BI1" s="1"/>
       <c r="BJ1" s="1"/>
       <c r="BK1" s="1"/>
       <c r="BL1" s="1"/>
       <c r="BM1" s="1"/>
       <c r="BN1" s="1"/>
       <c r="BO1" s="1"/>
       <c r="BP1" s="1"/>
       <c r="BQ1" s="1"/>
       <c r="BR1" s="1"/>
       <c r="BS1" s="1"/>
       <c r="BT1" s="1"/>
       <c r="BU1" s="1"/>
       <c r="BV1" s="1"/>
-      <c r="BW1" s="100"/>
+      <c r="BW1" s="97"/>
       <c r="BX1" s="1"/>
       <c r="BY1" s="1"/>
-      <c r="BZ1" s="101"/>
+      <c r="BZ1" s="98"/>
     </row>
     <row r="2" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A2" s="85" t="s">
+      <c r="A2" s="82" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
@@ -3395,55 +3449,55 @@
       <c r="BD2" s="3"/>
       <c r="BE2" s="3"/>
       <c r="BF2" s="3"/>
       <c r="BG2" s="33"/>
       <c r="BH2" s="3"/>
       <c r="BI2" s="3"/>
       <c r="BJ2" s="3"/>
       <c r="BK2" s="33"/>
       <c r="BL2" s="3"/>
       <c r="BM2" s="3"/>
       <c r="BN2" s="3"/>
       <c r="BO2" s="33"/>
       <c r="BP2" s="3"/>
       <c r="BQ2" s="3"/>
       <c r="BR2" s="3"/>
       <c r="BS2" s="33"/>
       <c r="BT2" s="3"/>
       <c r="BU2" s="3"/>
       <c r="BV2" s="3"/>
       <c r="BW2" s="36"/>
       <c r="BX2" s="3"/>
       <c r="BY2" s="3"/>
       <c r="BZ2" s="46"/>
     </row>
     <row r="3" spans="1:78" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="85" t="s">
+      <c r="A3" s="82" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
@@ -3483,54 +3537,54 @@
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="33"/>
       <c r="BH3" s="3"/>
       <c r="BI3" s="3"/>
       <c r="BJ3" s="3"/>
       <c r="BK3" s="33"/>
       <c r="BL3" s="3"/>
       <c r="BM3" s="3"/>
       <c r="BN3" s="3"/>
       <c r="BO3" s="33"/>
       <c r="BP3" s="3"/>
       <c r="BQ3" s="3"/>
       <c r="BR3" s="3"/>
       <c r="BS3" s="33"/>
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="37"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="46"/>
     </row>
     <row r="4" spans="1:78" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="85" t="s">
+      <c r="A4" s="82" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="105" t="s">
+      <c r="B4" s="102" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="s">
         <v>16</v>
@@ -3605,54 +3659,54 @@
       <c r="BL4" s="4"/>
       <c r="BM4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="BN4" s="4"/>
       <c r="BO4" s="16"/>
       <c r="BP4" s="4"/>
       <c r="BQ4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="BR4" s="4"/>
       <c r="BS4" s="16"/>
       <c r="BT4" s="4"/>
       <c r="BU4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="BV4" s="4"/>
       <c r="BW4" s="4"/>
       <c r="BX4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="BY4" s="4"/>
       <c r="BZ4" s="13"/>
     </row>
     <row r="5" spans="1:78" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A5" s="86" t="s">
+      <c r="A5" s="83" t="s">
         <v>32</v>
       </c>
-      <c r="B5" s="106" t="s">
+      <c r="B5" s="103" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="17" t="s">
         <v>33</v>
@@ -3841,52 +3895,52 @@
         <v>35</v>
       </c>
       <c r="BT5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="BU5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BV5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="BW5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="BX5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BY5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="BZ5" s="47" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:78" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="85"/>
-      <c r="B6" s="107"/>
+      <c r="A6" s="82"/>
+      <c r="B6" s="104"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="7"/>
       <c r="F6" s="5"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="7"/>
       <c r="J6" s="5"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="7"/>
       <c r="N6" s="5"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="5"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="7"/>
       <c r="V6" s="5"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="6"/>
@@ -3921,54 +3975,54 @@
       <c r="BD6" s="7"/>
       <c r="BE6" s="5"/>
       <c r="BF6" s="6"/>
       <c r="BG6" s="6"/>
       <c r="BH6" s="7"/>
       <c r="BI6" s="5"/>
       <c r="BJ6" s="6"/>
       <c r="BK6" s="6"/>
       <c r="BL6" s="7"/>
       <c r="BM6" s="5"/>
       <c r="BN6" s="6"/>
       <c r="BO6" s="6"/>
       <c r="BP6" s="7"/>
       <c r="BQ6" s="5"/>
       <c r="BR6" s="6"/>
       <c r="BS6" s="6"/>
       <c r="BT6" s="7"/>
       <c r="BU6" s="5"/>
       <c r="BV6" s="41"/>
       <c r="BW6" s="7"/>
       <c r="BX6" s="5"/>
       <c r="BY6" s="41"/>
       <c r="BZ6" s="14"/>
     </row>
     <row r="7" spans="1:78" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="85" t="s">
+      <c r="A7" s="82" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="108" t="s">
+      <c r="B7" s="105" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="41" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="41" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="18" t="s">
         <v>38</v>
@@ -4157,51 +4211,51 @@
         <v>39</v>
       </c>
       <c r="BT7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="BU7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BV7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="BW7" s="45" t="s">
         <v>39</v>
       </c>
       <c r="BX7" s="12" t="s">
         <v>38</v>
       </c>
       <c r="BY7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BZ7" s="48" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:78" ht="6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="110"/>
+      <c r="A8" s="107"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="9"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="9"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="9"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="9"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="8"/>
@@ -4229,375 +4283,375 @@
       <c r="AV8" s="9"/>
       <c r="AW8" s="8"/>
       <c r="AX8" s="8"/>
       <c r="AY8" s="8"/>
       <c r="AZ8" s="9"/>
       <c r="BA8" s="8"/>
       <c r="BB8" s="8"/>
       <c r="BC8" s="8"/>
       <c r="BD8" s="9"/>
       <c r="BE8" s="8"/>
       <c r="BF8" s="8"/>
       <c r="BG8" s="8"/>
       <c r="BH8" s="9"/>
       <c r="BI8" s="8"/>
       <c r="BJ8" s="8"/>
       <c r="BK8" s="8"/>
       <c r="BL8" s="9"/>
       <c r="BM8" s="8"/>
       <c r="BN8" s="8"/>
       <c r="BO8" s="8"/>
       <c r="BP8" s="9"/>
       <c r="BQ8" s="8"/>
       <c r="BR8" s="8"/>
       <c r="BS8" s="8"/>
       <c r="BT8" s="9"/>
-      <c r="BU8" s="122"/>
-      <c r="BV8" s="125"/>
+      <c r="BU8" s="119"/>
+      <c r="BV8" s="122"/>
       <c r="BW8" s="9"/>
-      <c r="BX8" s="122"/>
-      <c r="BY8" s="125"/>
+      <c r="BX8" s="119"/>
+      <c r="BY8" s="122"/>
       <c r="BZ8" s="15"/>
     </row>
     <row r="9" spans="1:78" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="111"/>
-[...76 lines deleted...]
-      <c r="BZ9" s="124"/>
+      <c r="A9" s="108"/>
+      <c r="B9" s="84"/>
+      <c r="C9" s="84"/>
+      <c r="D9" s="84"/>
+      <c r="E9" s="85"/>
+      <c r="F9" s="84"/>
+      <c r="G9" s="84"/>
+      <c r="H9" s="84"/>
+      <c r="I9" s="85"/>
+      <c r="J9" s="84"/>
+      <c r="K9" s="84"/>
+      <c r="L9" s="84"/>
+      <c r="M9" s="85"/>
+      <c r="N9" s="84"/>
+      <c r="O9" s="84"/>
+      <c r="P9" s="84"/>
+      <c r="Q9" s="85"/>
+      <c r="R9" s="84"/>
+      <c r="S9" s="84"/>
+      <c r="T9" s="84"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="84"/>
+      <c r="W9" s="84"/>
+      <c r="X9" s="84"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="84"/>
+      <c r="AA9" s="84"/>
+      <c r="AB9" s="84"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="84"/>
+      <c r="AE9" s="84"/>
+      <c r="AF9" s="84"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="84"/>
+      <c r="AI9" s="84"/>
+      <c r="AJ9" s="84"/>
+      <c r="AK9" s="85"/>
+      <c r="AL9" s="84"/>
+      <c r="AM9" s="84"/>
+      <c r="AN9" s="84"/>
+      <c r="AO9" s="85"/>
+      <c r="AP9" s="84"/>
+      <c r="AQ9" s="84"/>
+      <c r="AR9" s="84"/>
+      <c r="AS9" s="84"/>
+      <c r="AT9" s="84"/>
+      <c r="AU9" s="84"/>
+      <c r="AV9" s="85"/>
+      <c r="AW9" s="84"/>
+      <c r="AX9" s="84"/>
+      <c r="AY9" s="84"/>
+      <c r="AZ9" s="85"/>
+      <c r="BA9" s="84"/>
+      <c r="BB9" s="84"/>
+      <c r="BC9" s="84"/>
+      <c r="BD9" s="85"/>
+      <c r="BE9" s="84"/>
+      <c r="BF9" s="84"/>
+      <c r="BG9" s="84"/>
+      <c r="BH9" s="85"/>
+      <c r="BI9" s="84"/>
+      <c r="BJ9" s="84"/>
+      <c r="BK9" s="84"/>
+      <c r="BL9" s="85"/>
+      <c r="BM9" s="84"/>
+      <c r="BN9" s="84"/>
+      <c r="BO9" s="84"/>
+      <c r="BP9" s="85"/>
+      <c r="BQ9" s="84"/>
+      <c r="BR9" s="84"/>
+      <c r="BS9" s="84"/>
+      <c r="BT9" s="85"/>
+      <c r="BU9" s="120"/>
+      <c r="BV9" s="123"/>
+      <c r="BW9" s="85"/>
+      <c r="BX9" s="120"/>
+      <c r="BY9" s="123"/>
+      <c r="BZ9" s="121"/>
     </row>
     <row r="10" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A10" s="112" t="s">
+      <c r="A10" s="109" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="97">
+      <c r="B10" s="94">
         <v>1098700</v>
       </c>
-      <c r="C10" s="92">
+      <c r="C10" s="89">
         <v>1078750</v>
       </c>
-      <c r="D10" s="92">
+      <c r="D10" s="89">
         <v>2388700</v>
       </c>
-      <c r="E10" s="114">
+      <c r="E10" s="111">
         <v>2.214322132097335</v>
       </c>
-      <c r="F10" s="94">
+      <c r="F10" s="91">
         <v>558900</v>
       </c>
-      <c r="G10" s="92">
+      <c r="G10" s="89">
         <v>505150</v>
       </c>
-      <c r="H10" s="92">
+      <c r="H10" s="89">
         <v>2326800</v>
       </c>
-      <c r="I10" s="114">
+      <c r="I10" s="111">
         <v>4.6061565871523307</v>
       </c>
-      <c r="J10" s="94">
+      <c r="J10" s="91">
         <v>124900</v>
       </c>
-      <c r="K10" s="92">
+      <c r="K10" s="89">
         <v>104900</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="89">
         <v>436800</v>
       </c>
-      <c r="M10" s="114">
+      <c r="M10" s="111">
         <v>4.1639656816015256</v>
       </c>
-      <c r="N10" s="94">
+      <c r="N10" s="91">
         <v>6010</v>
       </c>
-      <c r="O10" s="92">
+      <c r="O10" s="89">
         <v>1470</v>
       </c>
-      <c r="P10" s="92">
+      <c r="P10" s="89">
         <v>1534</v>
       </c>
-      <c r="Q10" s="114">
+      <c r="Q10" s="111">
         <v>1.0435374149659864</v>
       </c>
-      <c r="R10" s="94">
+      <c r="R10" s="91">
         <v>113400</v>
       </c>
-      <c r="S10" s="92">
+      <c r="S10" s="89">
         <v>600</v>
       </c>
-      <c r="T10" s="92">
+      <c r="T10" s="89">
         <v>1100</v>
       </c>
-      <c r="U10" s="114">
+      <c r="U10" s="111">
         <v>1.8333333333333333</v>
       </c>
-      <c r="V10" s="94">
+      <c r="V10" s="91">
         <v>12100</v>
       </c>
-      <c r="W10" s="92">
+      <c r="W10" s="89">
         <v>12100</v>
       </c>
-      <c r="X10" s="92">
+      <c r="X10" s="89">
         <v>36200</v>
       </c>
-      <c r="Y10" s="114">
+      <c r="Y10" s="111">
         <v>2.9917355371900825</v>
       </c>
-      <c r="Z10" s="94">
+      <c r="Z10" s="91">
         <v>3100</v>
       </c>
-      <c r="AA10" s="92">
-[...8 lines deleted...]
-      <c r="AD10" s="94">
+      <c r="AA10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="111">
+        <v>0</v>
+      </c>
+      <c r="AD10" s="91">
         <v>4800</v>
       </c>
-      <c r="AE10" s="92">
-[...20 lines deleted...]
-      <c r="AL10" s="94">
+      <c r="AE10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AF10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AG10" s="111">
+        <v>0</v>
+      </c>
+      <c r="AH10" s="91">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AJ10" s="89">
+        <v>0</v>
+      </c>
+      <c r="AK10" s="111">
+        <v>0</v>
+      </c>
+      <c r="AL10" s="91">
         <v>15600</v>
       </c>
-      <c r="AM10" s="92">
+      <c r="AM10" s="89">
         <v>15600</v>
       </c>
-      <c r="AN10" s="92">
+      <c r="AN10" s="89">
         <v>76200</v>
       </c>
-      <c r="AO10" s="114">
+      <c r="AO10" s="111">
         <v>4.884615384615385</v>
       </c>
-      <c r="AP10" s="94">
+      <c r="AP10" s="91">
         <v>1937510</v>
       </c>
-      <c r="AQ10" s="92">
+      <c r="AQ10" s="89">
         <v>1718570</v>
       </c>
-      <c r="AR10" s="93">
+      <c r="AR10" s="90">
         <v>5267334</v>
       </c>
-      <c r="AS10" s="94">
+      <c r="AS10" s="91">
         <v>2543200</v>
       </c>
-      <c r="AT10" s="92">
+      <c r="AT10" s="89">
         <v>2447800</v>
       </c>
-      <c r="AU10" s="92">
+      <c r="AU10" s="89">
         <v>4163900</v>
       </c>
-      <c r="AV10" s="114">
+      <c r="AV10" s="111">
         <v>1.7010785194868863</v>
       </c>
-      <c r="AW10" s="94">
+      <c r="AW10" s="91">
         <v>232000</v>
       </c>
-      <c r="AX10" s="92">
+      <c r="AX10" s="89">
         <v>210650</v>
       </c>
-      <c r="AY10" s="92">
+      <c r="AY10" s="89">
         <v>368200</v>
       </c>
-      <c r="AZ10" s="114">
+      <c r="AZ10" s="111">
         <v>1.7479230951815807</v>
       </c>
-      <c r="BA10" s="94">
+      <c r="BA10" s="91">
         <v>2100</v>
       </c>
-      <c r="BB10" s="92">
+      <c r="BB10" s="89">
         <v>1750</v>
       </c>
-      <c r="BC10" s="93">
+      <c r="BC10" s="90">
         <v>1245</v>
       </c>
-      <c r="BD10" s="114">
+      <c r="BD10" s="111">
         <v>0.71142857142857141</v>
       </c>
-      <c r="BE10" s="94">
-[...35 lines deleted...]
-      <c r="BQ10" s="97">
+      <c r="BE10" s="91">
+        <v>0</v>
+      </c>
+      <c r="BF10" s="89">
+        <v>0</v>
+      </c>
+      <c r="BG10" s="93">
+        <v>0</v>
+      </c>
+      <c r="BH10" s="111">
+        <v>0</v>
+      </c>
+      <c r="BI10" s="91">
+        <v>0</v>
+      </c>
+      <c r="BJ10" s="89">
+        <v>0</v>
+      </c>
+      <c r="BK10" s="90">
+        <v>0</v>
+      </c>
+      <c r="BL10" s="111">
+        <v>0</v>
+      </c>
+      <c r="BM10" s="91">
+        <v>0</v>
+      </c>
+      <c r="BN10" s="89">
+        <v>0</v>
+      </c>
+      <c r="BO10" s="93">
+        <v>0</v>
+      </c>
+      <c r="BP10" s="111">
+        <v>0</v>
+      </c>
+      <c r="BQ10" s="94">
         <v>37500</v>
       </c>
-      <c r="BR10" s="92">
+      <c r="BR10" s="89">
         <v>37500</v>
       </c>
-      <c r="BS10" s="96">
+      <c r="BS10" s="93">
         <v>52800</v>
       </c>
-      <c r="BT10" s="114">
+      <c r="BT10" s="111">
         <v>1.4079999999999999</v>
       </c>
-      <c r="BU10" s="118">
+      <c r="BU10" s="115">
         <v>2814800</v>
       </c>
-      <c r="BV10" s="119">
+      <c r="BV10" s="116">
         <v>2697700</v>
       </c>
-      <c r="BW10" s="120">
+      <c r="BW10" s="117">
         <v>4586145</v>
       </c>
-      <c r="BX10" s="118">
+      <c r="BX10" s="115">
         <v>4752310</v>
       </c>
-      <c r="BY10" s="119">
+      <c r="BY10" s="116">
         <v>4416270</v>
       </c>
-      <c r="BZ10" s="121">
+      <c r="BZ10" s="118">
         <v>9853479</v>
       </c>
     </row>
     <row r="11" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A11" s="112" t="s">
+      <c r="A11" s="109" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="31">
         <v>855700</v>
       </c>
       <c r="C11" s="30">
         <v>777900</v>
       </c>
       <c r="D11" s="30">
         <v>1509200</v>
       </c>
       <c r="E11" s="32">
         <v>1.9400951279084715</v>
       </c>
       <c r="F11" s="31">
         <v>479300</v>
       </c>
       <c r="G11" s="30">
         <v>441400</v>
       </c>
       <c r="H11" s="30">
         <v>3133600</v>
       </c>
       <c r="I11" s="32">
         <v>7.0992297236067063</v>
@@ -4769,71 +4823,71 @@
       </c>
       <c r="BM11" s="31">
         <v>0</v>
       </c>
       <c r="BN11" s="30">
         <v>0</v>
       </c>
       <c r="BO11" s="34">
         <v>0</v>
       </c>
       <c r="BP11" s="32">
         <v>0</v>
       </c>
       <c r="BQ11" s="31">
         <v>51500</v>
       </c>
       <c r="BR11" s="30">
         <v>42680</v>
       </c>
       <c r="BS11" s="34">
         <v>49366</v>
       </c>
       <c r="BT11" s="32">
         <v>1.1566541705716964</v>
       </c>
-      <c r="BU11" s="115">
+      <c r="BU11" s="112">
         <v>2946700</v>
       </c>
       <c r="BV11" s="30">
         <v>2840980</v>
       </c>
-      <c r="BW11" s="116">
+      <c r="BW11" s="113">
         <v>7716726</v>
       </c>
-      <c r="BX11" s="115">
+      <c r="BX11" s="112">
         <v>4592930</v>
       </c>
       <c r="BY11" s="30">
         <v>4243860</v>
       </c>
-      <c r="BZ11" s="117">
+      <c r="BZ11" s="114">
         <v>13304474</v>
       </c>
     </row>
     <row r="12" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A12" s="112" t="s">
+      <c r="A12" s="109" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="31">
         <v>755000</v>
       </c>
       <c r="C12" s="30">
         <v>750300</v>
       </c>
       <c r="D12" s="30">
         <v>1927400</v>
       </c>
       <c r="E12" s="32">
         <v>2.5688391310142609</v>
       </c>
       <c r="F12" s="31">
         <v>446800</v>
       </c>
       <c r="G12" s="30">
         <v>389500</v>
       </c>
       <c r="H12" s="30">
         <v>2556200</v>
       </c>
       <c r="I12" s="32">
         <v>6.5627727856225935</v>
@@ -5005,71 +5059,71 @@
       </c>
       <c r="BM12" s="31">
         <v>0</v>
       </c>
       <c r="BN12" s="30">
         <v>0</v>
       </c>
       <c r="BO12" s="34">
         <v>0</v>
       </c>
       <c r="BP12" s="32">
         <v>0</v>
       </c>
       <c r="BQ12" s="31">
         <v>43500</v>
       </c>
       <c r="BR12" s="30">
         <v>31500</v>
       </c>
       <c r="BS12" s="34">
         <v>32140</v>
       </c>
       <c r="BT12" s="32">
         <v>1.0203174603174603</v>
       </c>
-      <c r="BU12" s="115">
+      <c r="BU12" s="112">
         <v>3084650</v>
       </c>
       <c r="BV12" s="30">
         <v>3060050</v>
       </c>
-      <c r="BW12" s="116">
+      <c r="BW12" s="113">
         <v>7889269</v>
       </c>
-      <c r="BX12" s="115">
+      <c r="BX12" s="112">
         <v>4628920</v>
       </c>
       <c r="BY12" s="30">
         <v>4405920</v>
       </c>
-      <c r="BZ12" s="117">
+      <c r="BZ12" s="114">
         <v>13363769</v>
       </c>
     </row>
     <row r="13" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A13" s="112" t="s">
+      <c r="A13" s="109" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="31">
         <v>930400</v>
       </c>
       <c r="C13" s="30">
         <v>925300</v>
       </c>
       <c r="D13" s="30">
         <v>2754000</v>
       </c>
       <c r="E13" s="32">
         <v>2.9763320004322922</v>
       </c>
       <c r="F13" s="31">
         <v>492500</v>
       </c>
       <c r="G13" s="30">
         <v>435000</v>
       </c>
       <c r="H13" s="30">
         <v>2521860</v>
       </c>
       <c r="I13" s="32">
         <v>5.7973793103448275</v>
@@ -5241,71 +5295,71 @@
       </c>
       <c r="BM13" s="31">
         <v>0</v>
       </c>
       <c r="BN13" s="30">
         <v>0</v>
       </c>
       <c r="BO13" s="34">
         <v>0</v>
       </c>
       <c r="BP13" s="32">
         <v>0</v>
       </c>
       <c r="BQ13" s="31">
         <v>14000</v>
       </c>
       <c r="BR13" s="30">
         <v>12800</v>
       </c>
       <c r="BS13" s="34">
         <v>19250</v>
       </c>
       <c r="BT13" s="32">
         <v>1.50390625</v>
       </c>
-      <c r="BU13" s="115">
+      <c r="BU13" s="112">
         <v>3146900</v>
       </c>
       <c r="BV13" s="30">
         <v>3088550</v>
       </c>
-      <c r="BW13" s="116">
+      <c r="BW13" s="113">
         <v>7026055</v>
       </c>
-      <c r="BX13" s="115">
+      <c r="BX13" s="112">
         <v>4835800</v>
       </c>
       <c r="BY13" s="30">
         <v>4619650</v>
       </c>
-      <c r="BZ13" s="117">
+      <c r="BZ13" s="114">
         <v>13076525</v>
       </c>
     </row>
     <row r="14" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A14" s="112" t="s">
+      <c r="A14" s="109" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="31">
         <v>1005100</v>
       </c>
       <c r="C14" s="30">
         <v>1002300</v>
       </c>
       <c r="D14" s="30">
         <v>2233850</v>
       </c>
       <c r="E14" s="32">
         <v>2.228723934949616</v>
       </c>
       <c r="F14" s="31">
         <v>433000</v>
       </c>
       <c r="G14" s="30">
         <v>398200</v>
       </c>
       <c r="H14" s="30">
         <v>2531270</v>
       </c>
       <c r="I14" s="32">
         <v>6.3567805123053738</v>
@@ -5477,71 +5531,71 @@
       </c>
       <c r="BM14" s="31">
         <v>0</v>
       </c>
       <c r="BN14" s="30">
         <v>0</v>
       </c>
       <c r="BO14" s="34">
         <v>0</v>
       </c>
       <c r="BP14" s="32">
         <v>0</v>
       </c>
       <c r="BQ14" s="31">
         <v>16000</v>
       </c>
       <c r="BR14" s="30">
         <v>13600</v>
       </c>
       <c r="BS14" s="34">
         <v>15440</v>
       </c>
       <c r="BT14" s="32">
         <v>1.1352941176470588</v>
       </c>
-      <c r="BU14" s="115">
+      <c r="BU14" s="112">
         <v>3253150</v>
       </c>
       <c r="BV14" s="30">
         <v>3219250</v>
       </c>
-      <c r="BW14" s="116">
+      <c r="BW14" s="113">
         <v>8865200</v>
       </c>
-      <c r="BX14" s="115">
+      <c r="BX14" s="112">
         <v>4934600</v>
       </c>
       <c r="BY14" s="30">
         <v>4765000</v>
       </c>
-      <c r="BZ14" s="117">
+      <c r="BZ14" s="114">
         <v>14382650</v>
       </c>
     </row>
     <row r="15" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A15" s="112" t="s">
+      <c r="A15" s="109" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="31">
         <v>1098000</v>
       </c>
       <c r="C15" s="30">
         <v>1093500</v>
       </c>
       <c r="D15" s="30">
         <v>2138330</v>
       </c>
       <c r="E15" s="32">
         <v>1.9554915409236397</v>
       </c>
       <c r="F15" s="31">
         <v>359800</v>
       </c>
       <c r="G15" s="30">
         <v>304700</v>
       </c>
       <c r="H15" s="30">
         <v>2083370</v>
       </c>
       <c r="I15" s="32">
         <v>6.8374466688546107</v>
@@ -5713,71 +5767,71 @@
       </c>
       <c r="BM15" s="31">
         <v>0</v>
       </c>
       <c r="BN15" s="30">
         <v>0</v>
       </c>
       <c r="BO15" s="34">
         <v>0</v>
       </c>
       <c r="BP15" s="32">
         <v>0</v>
       </c>
       <c r="BQ15" s="31">
         <v>9500</v>
       </c>
       <c r="BR15" s="30">
         <v>8500</v>
       </c>
       <c r="BS15" s="34">
         <v>10200</v>
       </c>
       <c r="BT15" s="32">
         <v>1.2</v>
       </c>
-      <c r="BU15" s="115">
+      <c r="BU15" s="112">
         <v>3342150</v>
       </c>
       <c r="BV15" s="30">
         <v>3272700</v>
       </c>
-      <c r="BW15" s="116">
+      <c r="BW15" s="113">
         <v>8568820</v>
       </c>
-      <c r="BX15" s="115">
+      <c r="BX15" s="112">
         <v>5031450</v>
       </c>
       <c r="BY15" s="30">
         <v>4815350</v>
       </c>
-      <c r="BZ15" s="117">
+      <c r="BZ15" s="114">
         <v>13513570</v>
       </c>
     </row>
     <row r="16" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A16" s="112" t="s">
+      <c r="A16" s="109" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="31">
         <v>836000</v>
       </c>
       <c r="C16" s="30">
         <v>793500</v>
       </c>
       <c r="D16" s="30">
         <v>1651300</v>
       </c>
       <c r="E16" s="32">
         <v>2.0810333963453056</v>
       </c>
       <c r="F16" s="31">
         <v>369500</v>
       </c>
       <c r="G16" s="30">
         <v>279700</v>
       </c>
       <c r="H16" s="30">
         <v>1909140</v>
       </c>
       <c r="I16" s="32">
         <v>6.8256703611011798</v>
@@ -5949,71 +6003,71 @@
       </c>
       <c r="BM16" s="31">
         <v>0</v>
       </c>
       <c r="BN16" s="30">
         <v>0</v>
       </c>
       <c r="BO16" s="34">
         <v>0</v>
       </c>
       <c r="BP16" s="32">
         <v>0</v>
       </c>
       <c r="BQ16" s="31">
         <v>8500</v>
       </c>
       <c r="BR16" s="30">
         <v>7500</v>
       </c>
       <c r="BS16" s="34">
         <v>8250</v>
       </c>
       <c r="BT16" s="32">
         <v>1.1000000000000001</v>
       </c>
-      <c r="BU16" s="115">
+      <c r="BU16" s="112">
         <v>3479850</v>
       </c>
       <c r="BV16" s="30">
         <v>3412450</v>
       </c>
-      <c r="BW16" s="116">
+      <c r="BW16" s="113">
         <v>10440350</v>
       </c>
-      <c r="BX16" s="115">
+      <c r="BX16" s="112">
         <v>4908500</v>
       </c>
       <c r="BY16" s="30">
         <v>4658400</v>
       </c>
-      <c r="BZ16" s="117">
+      <c r="BZ16" s="114">
         <v>14861410</v>
       </c>
     </row>
     <row r="17" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A17" s="112" t="s">
+      <c r="A17" s="109" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="31">
         <v>685200</v>
       </c>
       <c r="C17" s="30">
         <v>680200</v>
       </c>
       <c r="D17" s="30">
         <v>1897970</v>
       </c>
       <c r="E17" s="32">
         <v>2.7903116730373418</v>
       </c>
       <c r="F17" s="31">
         <v>390550</v>
       </c>
       <c r="G17" s="30">
         <v>339200</v>
       </c>
       <c r="H17" s="30">
         <v>2558860</v>
       </c>
       <c r="I17" s="32">
         <v>7.5438089622641513</v>
@@ -6185,71 +6239,71 @@
       </c>
       <c r="BM17" s="31">
         <v>0</v>
       </c>
       <c r="BN17" s="30">
         <v>0</v>
       </c>
       <c r="BO17" s="34">
         <v>0</v>
       </c>
       <c r="BP17" s="32">
         <v>0</v>
       </c>
       <c r="BQ17" s="31">
         <v>11850</v>
       </c>
       <c r="BR17" s="30">
         <v>11230</v>
       </c>
       <c r="BS17" s="34">
         <v>13598</v>
       </c>
       <c r="BT17" s="32">
         <v>1.2108637577916295</v>
       </c>
-      <c r="BU17" s="115">
+      <c r="BU17" s="112">
         <v>3711960</v>
       </c>
       <c r="BV17" s="30">
         <v>3684075</v>
       </c>
-      <c r="BW17" s="116">
+      <c r="BW17" s="113">
         <v>9431807</v>
       </c>
-      <c r="BX17" s="115">
+      <c r="BX17" s="112">
         <v>5007560</v>
       </c>
       <c r="BY17" s="30">
         <v>4871825</v>
       </c>
-      <c r="BZ17" s="117">
+      <c r="BZ17" s="114">
         <v>14739167</v>
       </c>
     </row>
     <row r="18" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A18" s="112" t="s">
+      <c r="A18" s="109" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="31">
         <v>678985</v>
       </c>
       <c r="C18" s="30">
         <v>648365</v>
       </c>
       <c r="D18" s="30">
         <v>1752580</v>
       </c>
       <c r="E18" s="32">
         <v>2.703076199363013</v>
       </c>
       <c r="F18" s="31">
         <v>422900</v>
       </c>
       <c r="G18" s="30">
         <v>365020</v>
       </c>
       <c r="H18" s="30">
         <v>3006660</v>
       </c>
       <c r="I18" s="32">
         <v>8.2369733165306016</v>
@@ -6421,71 +6475,71 @@
       </c>
       <c r="BM18" s="31">
         <v>0</v>
       </c>
       <c r="BN18" s="30">
         <v>0</v>
       </c>
       <c r="BO18" s="34">
         <v>0</v>
       </c>
       <c r="BP18" s="32">
         <v>0</v>
       </c>
       <c r="BQ18" s="31">
         <v>13800</v>
       </c>
       <c r="BR18" s="30">
         <v>13000</v>
       </c>
       <c r="BS18" s="34">
         <v>16150</v>
       </c>
       <c r="BT18" s="32">
         <v>1.2423076923076923</v>
       </c>
-      <c r="BU18" s="115">
+      <c r="BU18" s="112">
         <v>3670600</v>
       </c>
       <c r="BV18" s="30">
         <v>3618317</v>
       </c>
-      <c r="BW18" s="116">
+      <c r="BW18" s="113">
         <v>10685396</v>
       </c>
-      <c r="BX18" s="115">
+      <c r="BX18" s="112">
         <v>5010095</v>
       </c>
       <c r="BY18" s="30">
         <v>4807632</v>
       </c>
-      <c r="BZ18" s="117">
+      <c r="BZ18" s="114">
         <v>16428136</v>
       </c>
     </row>
     <row r="19" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A19" s="112" t="s">
+      <c r="A19" s="109" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="31">
         <v>589450</v>
       </c>
       <c r="C19" s="30">
         <v>577380</v>
       </c>
       <c r="D19" s="30">
         <v>1847240</v>
       </c>
       <c r="E19" s="32">
         <v>3.1993487824309814</v>
       </c>
       <c r="F19" s="31">
         <v>372045</v>
       </c>
       <c r="G19" s="30">
         <v>301835</v>
       </c>
       <c r="H19" s="30">
         <v>1984720</v>
       </c>
       <c r="I19" s="32">
         <v>6.5755131114681866</v>
@@ -6657,71 +6711,71 @@
       </c>
       <c r="BM19" s="31">
         <v>0</v>
       </c>
       <c r="BN19" s="30">
         <v>0</v>
       </c>
       <c r="BO19" s="34">
         <v>0</v>
       </c>
       <c r="BP19" s="32">
         <v>0</v>
       </c>
       <c r="BQ19" s="31">
         <v>12045</v>
       </c>
       <c r="BR19" s="30">
         <v>11545</v>
       </c>
       <c r="BS19" s="34">
         <v>13860</v>
       </c>
       <c r="BT19" s="32">
         <v>1.2005197055002166</v>
       </c>
-      <c r="BU19" s="115">
+      <c r="BU19" s="112">
         <v>3733465</v>
       </c>
       <c r="BV19" s="30">
         <v>3703593</v>
       </c>
-      <c r="BW19" s="116">
+      <c r="BW19" s="113">
         <v>10614695</v>
       </c>
-      <c r="BX19" s="115">
+      <c r="BX19" s="112">
         <v>4911440</v>
       </c>
       <c r="BY19" s="30">
         <v>4727228</v>
       </c>
-      <c r="BZ19" s="117">
+      <c r="BZ19" s="114">
         <v>15111955</v>
       </c>
     </row>
     <row r="20" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A20" s="112" t="s">
+      <c r="A20" s="109" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="31">
         <v>707700</v>
       </c>
       <c r="C20" s="30">
         <v>690700</v>
       </c>
       <c r="D20" s="30">
         <v>1995600</v>
       </c>
       <c r="E20" s="32">
         <v>2.8892427971622991</v>
       </c>
       <c r="F20" s="31">
         <v>375370</v>
       </c>
       <c r="G20" s="30">
         <v>309530</v>
       </c>
       <c r="H20" s="30">
         <v>2635120</v>
       </c>
       <c r="I20" s="32">
         <v>8.5132943494976256</v>
@@ -6893,71 +6947,71 @@
       </c>
       <c r="BM20" s="31">
         <v>0</v>
       </c>
       <c r="BN20" s="30">
         <v>0</v>
       </c>
       <c r="BO20" s="34">
         <v>0</v>
       </c>
       <c r="BP20" s="32">
         <v>0</v>
       </c>
       <c r="BQ20" s="31">
         <v>16500</v>
       </c>
       <c r="BR20" s="30">
         <v>16500</v>
       </c>
       <c r="BS20" s="34">
         <v>26250</v>
       </c>
       <c r="BT20" s="32">
         <v>1.5909090909090908</v>
       </c>
-      <c r="BU20" s="115">
+      <c r="BU20" s="112">
         <v>3686070</v>
       </c>
       <c r="BV20" s="30">
         <v>3643275</v>
       </c>
-      <c r="BW20" s="116">
+      <c r="BW20" s="113">
         <v>11625630</v>
       </c>
-      <c r="BX20" s="115">
+      <c r="BX20" s="112">
         <v>5028210</v>
       </c>
       <c r="BY20" s="30">
         <v>4813175</v>
       </c>
-      <c r="BZ20" s="117">
+      <c r="BZ20" s="114">
         <v>17111050</v>
       </c>
     </row>
     <row r="21" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A21" s="112" t="s">
+      <c r="A21" s="109" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="31">
         <v>753920</v>
       </c>
       <c r="C21" s="30">
         <v>753920</v>
       </c>
       <c r="D21" s="30">
         <v>2653620</v>
       </c>
       <c r="E21" s="32">
         <v>3.5197633701188455</v>
       </c>
       <c r="F21" s="31">
         <v>453600</v>
       </c>
       <c r="G21" s="30">
         <v>334900</v>
       </c>
       <c r="H21" s="30">
         <v>2538680</v>
       </c>
       <c r="I21" s="32">
         <v>7.5804120633024787</v>
@@ -7129,71 +7183,71 @@
       </c>
       <c r="BM21" s="31">
         <v>0</v>
       </c>
       <c r="BN21" s="30">
         <v>0</v>
       </c>
       <c r="BO21" s="34">
         <v>0</v>
       </c>
       <c r="BP21" s="32">
         <v>0</v>
       </c>
       <c r="BQ21" s="31">
         <v>10500</v>
       </c>
       <c r="BR21" s="30">
         <v>10440</v>
       </c>
       <c r="BS21" s="34">
         <v>13252</v>
       </c>
       <c r="BT21" s="32">
         <v>1.2693486590038314</v>
       </c>
-      <c r="BU21" s="115">
+      <c r="BU21" s="112">
         <v>3746792</v>
       </c>
       <c r="BV21" s="30">
         <v>3678932</v>
       </c>
-      <c r="BW21" s="116">
+      <c r="BW21" s="113">
         <v>11972387</v>
       </c>
-      <c r="BX21" s="115">
+      <c r="BX21" s="112">
         <v>5224562</v>
       </c>
       <c r="BY21" s="30">
         <v>4905902</v>
       </c>
-      <c r="BZ21" s="117">
+      <c r="BZ21" s="114">
         <v>17902267</v>
       </c>
     </row>
     <row r="22" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A22" s="112" t="s">
+      <c r="A22" s="109" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="31">
         <v>351280</v>
       </c>
       <c r="C22" s="30">
         <v>321780</v>
       </c>
       <c r="D22" s="30">
         <v>519850</v>
       </c>
       <c r="E22" s="32">
         <v>1.6155447821492945</v>
       </c>
       <c r="F22" s="31">
         <v>365300</v>
       </c>
       <c r="G22" s="30">
         <v>235500</v>
       </c>
       <c r="H22" s="30">
         <v>1601660</v>
       </c>
       <c r="I22" s="32">
         <v>6.801104033970276</v>
@@ -7365,71 +7419,71 @@
       </c>
       <c r="BM22" s="31">
         <v>0</v>
       </c>
       <c r="BN22" s="30">
         <v>0</v>
       </c>
       <c r="BO22" s="34">
         <v>0</v>
       </c>
       <c r="BP22" s="32">
         <v>0</v>
       </c>
       <c r="BQ22" s="31">
         <v>31100</v>
       </c>
       <c r="BR22" s="30">
         <v>30200</v>
       </c>
       <c r="BS22" s="34">
         <v>27600</v>
       </c>
       <c r="BT22" s="32">
         <v>0.91390728476821192</v>
       </c>
-      <c r="BU22" s="115">
+      <c r="BU22" s="112">
         <v>3707225</v>
       </c>
       <c r="BV22" s="30">
         <v>3592745</v>
       </c>
-      <c r="BW22" s="116">
+      <c r="BW22" s="113">
         <v>8296794</v>
       </c>
-      <c r="BX22" s="115">
+      <c r="BX22" s="112">
         <v>4524235</v>
       </c>
       <c r="BY22" s="30">
         <v>4180905</v>
       </c>
-      <c r="BZ22" s="117">
+      <c r="BZ22" s="114">
         <v>10593704</v>
       </c>
     </row>
     <row r="23" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A23" s="112" t="s">
+      <c r="A23" s="109" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="31">
         <v>317160</v>
       </c>
       <c r="C23" s="30">
         <v>312620</v>
       </c>
       <c r="D23" s="30">
         <v>993980</v>
       </c>
       <c r="E23" s="32">
         <v>3.1795150662145737</v>
       </c>
       <c r="F23" s="31">
         <v>491850</v>
       </c>
       <c r="G23" s="30">
         <v>412250</v>
       </c>
       <c r="H23" s="30">
         <v>4006170</v>
       </c>
       <c r="I23" s="32">
         <v>9.7178168587022444</v>
@@ -7601,71 +7655,71 @@
       </c>
       <c r="BM23" s="31">
         <v>0</v>
       </c>
       <c r="BN23" s="30">
         <v>0</v>
       </c>
       <c r="BO23" s="34">
         <v>0</v>
       </c>
       <c r="BP23" s="32">
         <v>0</v>
       </c>
       <c r="BQ23" s="31">
         <v>45000</v>
       </c>
       <c r="BR23" s="30">
         <v>45000</v>
       </c>
       <c r="BS23" s="34">
         <v>120000</v>
       </c>
       <c r="BT23" s="32">
         <v>2.6666666666666665</v>
       </c>
-      <c r="BU23" s="115">
+      <c r="BU23" s="112">
         <v>3304315</v>
       </c>
       <c r="BV23" s="30">
         <v>3294070</v>
       </c>
-      <c r="BW23" s="116">
+      <c r="BW23" s="113">
         <v>10685442</v>
       </c>
-      <c r="BX23" s="115">
+      <c r="BX23" s="112">
         <v>4412225</v>
       </c>
       <c r="BY23" s="30">
         <v>4209790</v>
       </c>
-      <c r="BZ23" s="117">
+      <c r="BZ23" s="114">
         <v>16719482</v>
       </c>
     </row>
     <row r="24" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A24" s="112" t="s">
+      <c r="A24" s="109" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="31">
         <v>444280</v>
       </c>
       <c r="C24" s="30">
         <v>438780</v>
       </c>
       <c r="D24" s="30">
         <v>1826500</v>
       </c>
       <c r="E24" s="32">
         <v>4.1626783353844754</v>
       </c>
       <c r="F24" s="31">
         <v>567423</v>
       </c>
       <c r="G24" s="30">
         <v>488173</v>
       </c>
       <c r="H24" s="30">
         <v>3656820</v>
       </c>
       <c r="I24" s="32">
         <v>7.490828046614622</v>
@@ -7837,71 +7891,71 @@
       </c>
       <c r="BM24" s="31">
         <v>0</v>
       </c>
       <c r="BN24" s="30">
         <v>0</v>
       </c>
       <c r="BO24" s="34">
         <v>0</v>
       </c>
       <c r="BP24" s="32">
         <v>0</v>
       </c>
       <c r="BQ24" s="31">
         <v>88300</v>
       </c>
       <c r="BR24" s="30">
         <v>84000</v>
       </c>
       <c r="BS24" s="34">
         <v>180980</v>
       </c>
       <c r="BT24" s="32">
         <v>2.1545238095238095</v>
       </c>
-      <c r="BU24" s="115">
+      <c r="BU24" s="112">
         <v>3370892</v>
       </c>
       <c r="BV24" s="30">
         <v>3350442</v>
       </c>
-      <c r="BW24" s="116">
+      <c r="BW24" s="113">
         <v>10217363</v>
       </c>
-      <c r="BX24" s="115">
+      <c r="BX24" s="112">
         <v>4695657</v>
       </c>
       <c r="BY24" s="30">
         <v>4467407</v>
       </c>
-      <c r="BZ24" s="117">
+      <c r="BZ24" s="114">
         <v>16688453</v>
       </c>
     </row>
     <row r="25" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A25" s="112" t="s">
+      <c r="A25" s="109" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="31">
         <v>433200</v>
       </c>
       <c r="C25" s="30">
         <v>430900</v>
       </c>
       <c r="D25" s="30">
         <v>1533870</v>
       </c>
       <c r="E25" s="32">
         <v>3.5596890229751681</v>
       </c>
       <c r="F25" s="31">
         <v>648400</v>
       </c>
       <c r="G25" s="30">
         <v>553150</v>
       </c>
       <c r="H25" s="30">
         <v>3830970</v>
       </c>
       <c r="I25" s="32">
         <v>6.9257344300822563</v>
@@ -8073,71 +8127,71 @@
       </c>
       <c r="BM25" s="31">
         <v>192</v>
       </c>
       <c r="BN25" s="30">
         <v>189</v>
       </c>
       <c r="BO25" s="34">
         <v>110</v>
       </c>
       <c r="BP25" s="32">
         <v>0.58201058201058198</v>
       </c>
       <c r="BQ25" s="31">
         <v>143500</v>
       </c>
       <c r="BR25" s="30">
         <v>133300</v>
       </c>
       <c r="BS25" s="34">
         <v>140380</v>
       </c>
       <c r="BT25" s="32">
         <v>1.0531132783195798</v>
       </c>
-      <c r="BU25" s="115">
+      <c r="BU25" s="112">
         <v>3433922</v>
       </c>
       <c r="BV25" s="30">
         <v>3323669</v>
       </c>
-      <c r="BW25" s="116">
+      <c r="BW25" s="113">
         <v>8619460</v>
       </c>
-      <c r="BX25" s="115">
+      <c r="BX25" s="112">
         <v>4849572</v>
       </c>
       <c r="BY25" s="30">
         <v>4492419</v>
       </c>
-      <c r="BZ25" s="117">
+      <c r="BZ25" s="114">
         <v>14834090</v>
       </c>
     </row>
     <row r="26" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A26" s="112" t="s">
+      <c r="A26" s="109" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="31">
         <v>502864</v>
       </c>
       <c r="C26" s="30">
         <v>488864</v>
       </c>
       <c r="D26" s="30">
         <v>1369100</v>
       </c>
       <c r="E26" s="32">
         <v>2.800574392878183</v>
       </c>
       <c r="F26" s="31">
         <v>699200</v>
       </c>
       <c r="G26" s="30">
         <v>625560</v>
       </c>
       <c r="H26" s="30">
         <v>5463970</v>
       </c>
       <c r="I26" s="32">
         <v>8.7345258648251161</v>
@@ -8309,71 +8363,71 @@
       </c>
       <c r="BM26" s="31">
         <v>200</v>
       </c>
       <c r="BN26" s="30">
         <v>140</v>
       </c>
       <c r="BO26" s="34">
         <v>140</v>
       </c>
       <c r="BP26" s="32">
         <v>1</v>
       </c>
       <c r="BQ26" s="31">
         <v>112000</v>
       </c>
       <c r="BR26" s="30">
         <v>94500</v>
       </c>
       <c r="BS26" s="34">
         <v>163100</v>
       </c>
       <c r="BT26" s="32">
         <v>1.7259259259259259</v>
       </c>
-      <c r="BU26" s="115">
+      <c r="BU26" s="112">
         <v>3481500</v>
       </c>
       <c r="BV26" s="30">
         <v>3452940</v>
       </c>
-      <c r="BW26" s="116">
+      <c r="BW26" s="113">
         <v>10987290</v>
       </c>
-      <c r="BX26" s="115">
+      <c r="BX26" s="112">
         <v>5105639</v>
       </c>
       <c r="BY26" s="30">
         <v>4855639</v>
       </c>
-      <c r="BZ26" s="117">
+      <c r="BZ26" s="114">
         <v>18957390</v>
       </c>
     </row>
     <row r="27" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A27" s="112" t="s">
+      <c r="A27" s="109" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="31">
         <v>643950</v>
       </c>
       <c r="C27" s="30">
         <v>625850</v>
       </c>
       <c r="D27" s="30">
         <v>1332640</v>
       </c>
       <c r="E27" s="32">
         <v>2.1293281137652791</v>
       </c>
       <c r="F27" s="31">
         <v>541900</v>
       </c>
       <c r="G27" s="30">
         <v>479150</v>
       </c>
       <c r="H27" s="30">
         <v>3708460</v>
       </c>
       <c r="I27" s="32">
         <v>7.7396639883126372</v>
@@ -8545,71 +8599,71 @@
       </c>
       <c r="BM27" s="31">
         <v>0</v>
       </c>
       <c r="BN27" s="30">
         <v>0</v>
       </c>
       <c r="BO27" s="34">
         <v>0</v>
       </c>
       <c r="BP27" s="32">
         <v>0</v>
       </c>
       <c r="BQ27" s="31">
         <v>113100</v>
       </c>
       <c r="BR27" s="30">
         <v>87400</v>
       </c>
       <c r="BS27" s="34">
         <v>178080</v>
       </c>
       <c r="BT27" s="32">
         <v>2.0375286041189931</v>
       </c>
-      <c r="BU27" s="115">
+      <c r="BU27" s="112">
         <v>3530618</v>
       </c>
       <c r="BV27" s="30">
         <v>3458718</v>
       </c>
-      <c r="BW27" s="116">
+      <c r="BW27" s="113">
         <v>10388594</v>
       </c>
-      <c r="BX27" s="115">
+      <c r="BX27" s="112">
         <v>5114173</v>
       </c>
       <c r="BY27" s="30">
         <v>4761683</v>
       </c>
-      <c r="BZ27" s="117">
+      <c r="BZ27" s="114">
         <v>16291104</v>
       </c>
     </row>
     <row r="28" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A28" s="112" t="s">
+      <c r="A28" s="109" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="31">
         <v>925000</v>
       </c>
       <c r="C28" s="30">
         <v>907200</v>
       </c>
       <c r="D28" s="30">
         <v>2519010</v>
       </c>
       <c r="E28" s="32">
         <v>2.7766865079365077</v>
       </c>
       <c r="F28" s="31">
         <v>685850</v>
       </c>
       <c r="G28" s="30">
         <v>518550</v>
       </c>
       <c r="H28" s="30">
         <v>4370455</v>
       </c>
       <c r="I28" s="32">
         <v>8.428222929322148</v>
@@ -8781,71 +8835,71 @@
       </c>
       <c r="BM28" s="31">
         <v>0</v>
       </c>
       <c r="BN28" s="30">
         <v>0</v>
       </c>
       <c r="BO28" s="34">
         <v>0</v>
       </c>
       <c r="BP28" s="32">
         <v>0</v>
       </c>
       <c r="BQ28" s="31">
         <v>108300</v>
       </c>
       <c r="BR28" s="30">
         <v>72050</v>
       </c>
       <c r="BS28" s="34">
         <v>112880</v>
       </c>
       <c r="BT28" s="32">
         <v>1.5666897987508674</v>
       </c>
-      <c r="BU28" s="115">
+      <c r="BU28" s="112">
         <v>3496050</v>
       </c>
       <c r="BV28" s="30">
         <v>3353400</v>
       </c>
-      <c r="BW28" s="116">
+      <c r="BW28" s="113">
         <v>12182016</v>
       </c>
-      <c r="BX28" s="115">
+      <c r="BX28" s="112">
         <v>5433250</v>
       </c>
       <c r="BY28" s="30">
         <v>4961100</v>
       </c>
-      <c r="BZ28" s="117">
+      <c r="BZ28" s="114">
         <v>19898111</v>
       </c>
     </row>
     <row r="29" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A29" s="112" t="s">
+      <c r="A29" s="109" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="31">
         <v>647130</v>
       </c>
       <c r="C29" s="30">
         <v>597990</v>
       </c>
       <c r="D29" s="30">
         <v>1872210</v>
       </c>
       <c r="E29" s="32">
         <v>3.1308383083329154</v>
       </c>
       <c r="F29" s="31">
         <v>629170</v>
       </c>
       <c r="G29" s="30">
         <v>476450</v>
       </c>
       <c r="H29" s="30">
         <v>3942387</v>
       </c>
       <c r="I29" s="32">
         <v>8.2745030958127828</v>
@@ -9017,71 +9071,71 @@
       </c>
       <c r="BM29" s="31">
         <v>0</v>
       </c>
       <c r="BN29" s="30">
         <v>0</v>
       </c>
       <c r="BO29" s="34">
         <v>0</v>
       </c>
       <c r="BP29" s="32">
         <v>0</v>
       </c>
       <c r="BQ29" s="31">
         <v>53300</v>
       </c>
       <c r="BR29" s="30">
         <v>38200</v>
       </c>
       <c r="BS29" s="34">
         <v>51710</v>
       </c>
       <c r="BT29" s="32">
         <v>1.3536649214659686</v>
       </c>
-      <c r="BU29" s="115">
+      <c r="BU29" s="112">
         <v>3645922</v>
       </c>
       <c r="BV29" s="30">
         <v>3285037</v>
       </c>
-      <c r="BW29" s="116">
+      <c r="BW29" s="113">
         <v>8600175</v>
       </c>
-      <c r="BX29" s="115">
+      <c r="BX29" s="112">
         <v>5128357</v>
       </c>
       <c r="BY29" s="30">
         <v>4516052</v>
       </c>
-      <c r="BZ29" s="117">
+      <c r="BZ29" s="114">
         <v>15105257</v>
       </c>
     </row>
     <row r="30" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A30" s="112" t="s">
+      <c r="A30" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="31">
         <v>943900</v>
       </c>
       <c r="C30" s="30">
         <v>845060</v>
       </c>
       <c r="D30" s="30">
         <v>2911327</v>
       </c>
       <c r="E30" s="32">
         <v>3.4451127730575344</v>
       </c>
       <c r="F30" s="31">
         <v>890800</v>
       </c>
       <c r="G30" s="30">
         <v>712700</v>
       </c>
       <c r="H30" s="30">
         <v>5802581</v>
       </c>
       <c r="I30" s="32">
         <v>8.1416879472428789</v>
@@ -9253,71 +9307,71 @@
       </c>
       <c r="BM30" s="31">
         <v>0</v>
       </c>
       <c r="BN30" s="30">
         <v>0</v>
       </c>
       <c r="BO30" s="34">
         <v>0</v>
       </c>
       <c r="BP30" s="32">
         <v>0</v>
       </c>
       <c r="BQ30" s="31">
         <v>37500</v>
       </c>
       <c r="BR30" s="30">
         <v>32700</v>
       </c>
       <c r="BS30" s="34">
         <v>95720</v>
       </c>
       <c r="BT30" s="32">
         <v>2.927217125382263</v>
       </c>
-      <c r="BU30" s="115">
+      <c r="BU30" s="112">
         <v>3209304</v>
       </c>
       <c r="BV30" s="30">
         <v>3067423</v>
       </c>
-      <c r="BW30" s="116">
+      <c r="BW30" s="113">
         <v>10221860</v>
       </c>
-      <c r="BX30" s="115">
+      <c r="BX30" s="112">
         <v>5310646</v>
       </c>
       <c r="BY30" s="30">
         <v>4758988</v>
       </c>
-      <c r="BZ30" s="117">
+      <c r="BZ30" s="114">
         <v>19559861</v>
       </c>
     </row>
     <row r="31" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A31" s="112" t="s">
+      <c r="A31" s="109" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="31">
         <v>978535</v>
       </c>
       <c r="C31" s="30">
         <v>964175</v>
       </c>
       <c r="D31" s="30">
         <v>3266141</v>
       </c>
       <c r="E31" s="32">
         <v>3.3874981201545364</v>
       </c>
       <c r="F31" s="31">
         <v>1074413</v>
       </c>
       <c r="G31" s="30">
         <v>756133</v>
       </c>
       <c r="H31" s="30">
         <v>5179679</v>
       </c>
       <c r="I31" s="32">
         <v>6.8502221170085154</v>
@@ -9489,71 +9543,71 @@
       </c>
       <c r="BM31" s="31">
         <v>0</v>
       </c>
       <c r="BN31" s="30">
         <v>0</v>
       </c>
       <c r="BO31" s="34">
         <v>0</v>
       </c>
       <c r="BP31" s="32">
         <v>0</v>
       </c>
       <c r="BQ31" s="31">
         <v>53000</v>
       </c>
       <c r="BR31" s="30">
         <v>48500</v>
       </c>
       <c r="BS31" s="34">
         <v>104900</v>
       </c>
       <c r="BT31" s="32">
         <v>2.1628865979381442</v>
       </c>
-      <c r="BU31" s="115">
+      <c r="BU31" s="112">
         <v>3296820</v>
       </c>
       <c r="BV31" s="30">
         <v>3120220</v>
       </c>
-      <c r="BW31" s="116">
+      <c r="BW31" s="113">
         <v>7437400</v>
       </c>
-      <c r="BX31" s="115">
+      <c r="BX31" s="112">
         <v>5622398</v>
       </c>
       <c r="BY31" s="30">
         <v>4941988</v>
       </c>
-      <c r="BZ31" s="117">
+      <c r="BZ31" s="114">
         <v>16329248</v>
       </c>
     </row>
     <row r="32" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A32" s="112" t="s">
+      <c r="A32" s="109" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="31">
         <v>1111924</v>
       </c>
       <c r="C32" s="30">
         <v>1091424</v>
       </c>
       <c r="D32" s="30">
         <v>3304693</v>
       </c>
       <c r="E32" s="32">
         <v>3.0278727607236053</v>
       </c>
       <c r="F32" s="31">
         <v>923800</v>
       </c>
       <c r="G32" s="30">
         <v>651100</v>
       </c>
       <c r="H32" s="30">
         <v>5910470</v>
       </c>
       <c r="I32" s="32">
         <v>9.0776685608969441</v>
@@ -9725,71 +9779,71 @@
       </c>
       <c r="BM32" s="31">
         <v>0</v>
       </c>
       <c r="BN32" s="30">
         <v>0</v>
       </c>
       <c r="BO32" s="34">
         <v>0</v>
       </c>
       <c r="BP32" s="32">
         <v>0</v>
       </c>
       <c r="BQ32" s="31">
         <v>74200</v>
       </c>
       <c r="BR32" s="30">
         <v>17700</v>
       </c>
       <c r="BS32" s="34">
         <v>29410</v>
       </c>
       <c r="BT32" s="32">
         <v>1.6615819209039548</v>
       </c>
-      <c r="BU32" s="115">
+      <c r="BU32" s="112">
         <v>3186586</v>
       </c>
       <c r="BV32" s="30">
         <v>3004386</v>
       </c>
-      <c r="BW32" s="116">
+      <c r="BW32" s="113">
         <v>11009020</v>
       </c>
-      <c r="BX32" s="115">
+      <c r="BX32" s="112">
         <v>5497138</v>
       </c>
       <c r="BY32" s="30">
         <v>4836914</v>
       </c>
-      <c r="BZ32" s="117">
+      <c r="BZ32" s="114">
         <v>20633228</v>
       </c>
     </row>
     <row r="33" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A33" s="113" t="s">
+      <c r="A33" s="110" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="31">
         <v>1300500</v>
       </c>
       <c r="C33" s="30">
         <v>1291399</v>
       </c>
       <c r="D33" s="30">
         <v>4186876</v>
       </c>
       <c r="E33" s="32">
         <v>3.2421242389067979</v>
       </c>
       <c r="F33" s="31">
         <v>1120960</v>
       </c>
       <c r="G33" s="30">
         <v>872060</v>
       </c>
       <c r="H33" s="30">
         <v>7370856</v>
       </c>
       <c r="I33" s="32">
         <v>8.4522349379629844</v>
@@ -9961,71 +10015,71 @@
       </c>
       <c r="BM33" s="31">
         <v>0</v>
       </c>
       <c r="BN33" s="30">
         <v>0</v>
       </c>
       <c r="BO33" s="34">
         <v>0</v>
       </c>
       <c r="BP33" s="32">
         <v>0</v>
       </c>
       <c r="BQ33" s="31">
         <v>44800</v>
       </c>
       <c r="BR33" s="30">
         <v>40800</v>
       </c>
       <c r="BS33" s="34">
         <v>90440</v>
       </c>
       <c r="BT33" s="32">
         <v>2.2166666666666668</v>
       </c>
-      <c r="BU33" s="115">
+      <c r="BU33" s="112">
         <v>3269460</v>
       </c>
       <c r="BV33" s="30">
         <v>3229660</v>
       </c>
-      <c r="BW33" s="116">
+      <c r="BW33" s="113">
         <v>9937535</v>
       </c>
-      <c r="BX33" s="115">
+      <c r="BX33" s="112">
         <v>5962016</v>
       </c>
       <c r="BY33" s="30">
         <v>5524696</v>
       </c>
-      <c r="BZ33" s="117">
+      <c r="BZ33" s="114">
         <v>22095528</v>
       </c>
     </row>
     <row r="34" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A34" s="113" t="s">
+      <c r="A34" s="110" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="31">
         <v>1326620</v>
       </c>
       <c r="C34" s="30">
         <v>1260400</v>
       </c>
       <c r="D34" s="30">
         <v>2658120</v>
       </c>
       <c r="E34" s="32">
         <v>2.1089495398286258</v>
       </c>
       <c r="F34" s="31">
         <v>1097830</v>
       </c>
       <c r="G34" s="30">
         <v>904130</v>
       </c>
       <c r="H34" s="30">
         <v>7122440</v>
       </c>
       <c r="I34" s="32">
         <v>7.8776724586066162</v>
@@ -10197,71 +10251,71 @@
       </c>
       <c r="BM34" s="31">
         <v>0</v>
       </c>
       <c r="BN34" s="30">
         <v>0</v>
       </c>
       <c r="BO34" s="34">
         <v>0</v>
       </c>
       <c r="BP34" s="32">
         <v>0</v>
       </c>
       <c r="BQ34" s="31">
         <v>45900</v>
       </c>
       <c r="BR34" s="30">
         <v>45900</v>
       </c>
       <c r="BS34" s="34">
         <v>119220</v>
       </c>
       <c r="BT34" s="32">
         <v>2.5973856209150328</v>
       </c>
-      <c r="BU34" s="115">
+      <c r="BU34" s="112">
         <v>3325754</v>
       </c>
       <c r="BV34" s="30">
         <v>3325754</v>
       </c>
-      <c r="BW34" s="116">
+      <c r="BW34" s="113">
         <v>9843297</v>
       </c>
-      <c r="BX34" s="115">
+      <c r="BX34" s="112">
         <v>6108295</v>
       </c>
       <c r="BY34" s="30">
         <v>5677086</v>
       </c>
-      <c r="BZ34" s="117">
+      <c r="BZ34" s="114">
         <v>20527705</v>
       </c>
     </row>
     <row r="35" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A35" s="113" t="s">
+      <c r="A35" s="110" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="31">
         <v>1297269</v>
       </c>
       <c r="C35" s="30">
         <v>1287269</v>
       </c>
       <c r="D35" s="30">
         <v>5030544</v>
       </c>
       <c r="E35" s="32">
         <v>3.9079197898807476</v>
       </c>
       <c r="F35" s="31">
         <v>1289094</v>
       </c>
       <c r="G35" s="30">
         <v>934611</v>
       </c>
       <c r="H35" s="30">
         <v>5774668</v>
       </c>
       <c r="I35" s="32">
         <v>6.1786861057702085</v>
@@ -10433,71 +10487,71 @@
       </c>
       <c r="BM35" s="31">
         <v>0</v>
       </c>
       <c r="BN35" s="30">
         <v>0</v>
       </c>
       <c r="BO35" s="34">
         <v>0</v>
       </c>
       <c r="BP35" s="32">
         <v>0</v>
       </c>
       <c r="BQ35" s="31">
         <v>53500</v>
       </c>
       <c r="BR35" s="30">
         <v>50800</v>
       </c>
       <c r="BS35" s="34">
         <v>72550</v>
       </c>
       <c r="BT35" s="32">
         <v>1.4281496062992125</v>
       </c>
-      <c r="BU35" s="115">
+      <c r="BU35" s="112">
         <v>3167174</v>
       </c>
       <c r="BV35" s="30">
         <v>3145374</v>
       </c>
-      <c r="BW35" s="116">
+      <c r="BW35" s="113">
         <v>8880205</v>
       </c>
-      <c r="BX35" s="115">
+      <c r="BX35" s="112">
         <v>6139826</v>
       </c>
       <c r="BY35" s="30">
         <v>5572558</v>
       </c>
-      <c r="BZ35" s="117">
+      <c r="BZ35" s="114">
         <v>20552723</v>
       </c>
     </row>
     <row r="36" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A36" s="113" t="s">
+      <c r="A36" s="110" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="31">
         <v>953175</v>
       </c>
       <c r="C36" s="30">
         <v>857575</v>
       </c>
       <c r="D36" s="30">
         <v>1954134</v>
       </c>
       <c r="E36" s="32">
         <v>2.278674168440078</v>
       </c>
       <c r="F36" s="31">
         <v>1261512</v>
       </c>
       <c r="G36" s="30">
         <v>777740</v>
       </c>
       <c r="H36" s="30">
         <v>2777749</v>
       </c>
       <c r="I36" s="32">
         <v>3.5715650474451617</v>
@@ -10669,71 +10723,71 @@
       </c>
       <c r="BM36" s="31">
         <v>0</v>
       </c>
       <c r="BN36" s="30">
         <v>0</v>
       </c>
       <c r="BO36" s="34">
         <v>0</v>
       </c>
       <c r="BP36" s="32">
         <v>0</v>
       </c>
       <c r="BQ36" s="31">
         <v>154500</v>
       </c>
       <c r="BR36" s="30">
         <v>150450</v>
       </c>
       <c r="BS36" s="34">
         <v>256250</v>
       </c>
       <c r="BT36" s="32">
         <v>1.7032236623462944</v>
       </c>
-      <c r="BU36" s="115">
+      <c r="BU36" s="112">
         <v>3423722</v>
       </c>
       <c r="BV36" s="30">
         <v>2818785</v>
       </c>
-      <c r="BW36" s="116">
+      <c r="BW36" s="113">
         <v>4704723</v>
       </c>
-      <c r="BX36" s="115">
+      <c r="BX36" s="112">
         <v>5960971</v>
       </c>
       <c r="BY36" s="30">
         <v>4594743</v>
       </c>
-      <c r="BZ36" s="117">
+      <c r="BZ36" s="114">
         <v>9931082</v>
       </c>
     </row>
     <row r="37" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A37" s="113" t="s">
+      <c r="A37" s="110" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="31">
         <v>1117257</v>
       </c>
       <c r="C37" s="30">
         <v>1001157</v>
       </c>
       <c r="D37" s="30">
         <v>2781780</v>
       </c>
       <c r="E37" s="32">
         <v>2.7789999999999999</v>
       </c>
       <c r="F37" s="31">
         <v>1239380</v>
       </c>
       <c r="G37" s="30">
         <v>851091</v>
       </c>
       <c r="H37" s="30">
         <v>6755795</v>
       </c>
       <c r="I37" s="32">
         <v>7.9379999999999997</v>
@@ -10812,59 +10866,59 @@
       </c>
       <c r="AH37" s="31">
         <v>704</v>
       </c>
       <c r="AI37" s="30">
         <v>704</v>
       </c>
       <c r="AJ37" s="30">
         <v>352</v>
       </c>
       <c r="AK37" s="32">
         <v>0.5</v>
       </c>
       <c r="AL37" s="31">
         <v>29200</v>
       </c>
       <c r="AM37" s="30">
         <v>29200</v>
       </c>
       <c r="AN37" s="30">
         <v>195260</v>
       </c>
       <c r="AO37" s="32">
         <v>6.6870000000000003</v>
       </c>
-      <c r="AP37" s="127">
+      <c r="AP37" s="124">
         <f>B37+F37+J37+N37+R37+AD37+AH37+AL37</f>
         <v>2683243</v>
       </c>
-      <c r="AQ37" s="128">
+      <c r="AQ37" s="125">
         <f t="shared" ref="AQ37:AR37" si="0">C37+G37+K37+O37+S37+AE37+AI37+AM37</f>
         <v>2028861</v>
       </c>
-      <c r="AR37" s="129">
+      <c r="AR37" s="126">
         <f t="shared" si="0"/>
         <v>10399341</v>
       </c>
       <c r="AS37" s="31">
         <v>3060735</v>
       </c>
       <c r="AT37" s="30">
         <v>3045335</v>
       </c>
       <c r="AU37" s="30">
         <v>10796728</v>
       </c>
       <c r="AV37" s="32">
         <v>3.5449999999999999</v>
       </c>
       <c r="AW37" s="31">
         <v>210300</v>
       </c>
       <c r="AX37" s="30">
         <v>208900</v>
       </c>
       <c r="AY37" s="34">
         <v>336140</v>
       </c>
       <c r="AZ37" s="32">
@@ -10908,313 +10962,322 @@
       </c>
       <c r="BM37" s="31">
         <v>0</v>
       </c>
       <c r="BN37" s="30">
         <v>0</v>
       </c>
       <c r="BO37" s="34">
         <v>0</v>
       </c>
       <c r="BP37" s="32">
         <v>0</v>
       </c>
       <c r="BQ37" s="31">
         <v>188300</v>
       </c>
       <c r="BR37" s="30">
         <v>180500</v>
       </c>
       <c r="BS37" s="34">
         <v>363588</v>
       </c>
       <c r="BT37" s="32">
         <v>2.0139999999999998</v>
       </c>
-      <c r="BU37" s="130">
+      <c r="BU37" s="127">
         <f>AS37+AW37+BA37+BE37+BI37+BM37+BQ37</f>
         <v>3477308</v>
       </c>
-      <c r="BV37" s="131">
+      <c r="BV37" s="128">
         <f t="shared" ref="BV37:BW37" si="1">AT37+AX37+BB37+BF37+BJ37+BN37+BR37</f>
         <v>3451108</v>
       </c>
-      <c r="BW37" s="132">
+      <c r="BW37" s="129">
         <f t="shared" si="1"/>
         <v>11544559</v>
       </c>
-      <c r="BX37" s="133">
+      <c r="BX37" s="130">
         <f>AP37+BU37</f>
         <v>6160551</v>
       </c>
-      <c r="BY37" s="128">
+      <c r="BY37" s="125">
         <f t="shared" ref="BY37:BZ37" si="2">AQ37+BV37</f>
         <v>5479969</v>
       </c>
-      <c r="BZ37" s="134">
+      <c r="BZ37" s="131">
         <f t="shared" si="2"/>
         <v>21943900</v>
       </c>
     </row>
     <row r="38" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A38" s="113" t="s">
+      <c r="A38" s="110" t="s">
         <v>69</v>
       </c>
-      <c r="B38" s="31" t="e">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="B38" s="31">
+        <v>1263491</v>
+      </c>
+      <c r="C38" s="30">
+        <v>1221341</v>
+      </c>
+      <c r="D38" s="30">
+        <v>3494812</v>
+      </c>
+      <c r="E38" s="32">
+        <v>2.8610000000000002</v>
+      </c>
+      <c r="F38" s="31">
+        <v>781643</v>
+      </c>
+      <c r="G38" s="30">
+        <v>637144</v>
+      </c>
+      <c r="H38" s="30">
+        <v>5219638</v>
+      </c>
+      <c r="I38" s="32">
+        <v>8.1920000000000002</v>
+      </c>
+      <c r="J38" s="31">
+        <v>222702</v>
+      </c>
+      <c r="K38" s="30">
+        <v>128802</v>
+      </c>
+      <c r="L38" s="30">
+        <v>584775</v>
+      </c>
+      <c r="M38" s="32">
+        <v>4.54</v>
+      </c>
+      <c r="N38" s="31">
+        <v>0</v>
+      </c>
+      <c r="O38" s="30">
+        <v>0</v>
+      </c>
+      <c r="P38" s="30">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="32">
+        <v>0</v>
+      </c>
+      <c r="R38" s="31">
+        <v>76361</v>
+      </c>
+      <c r="S38" s="30">
+        <v>6526</v>
+      </c>
+      <c r="T38" s="30">
+        <v>12062</v>
+      </c>
+      <c r="U38" s="32">
+        <v>1.8480000000000001</v>
       </c>
       <c r="V38" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="W38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="X38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="Y38" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="Z38" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="AA38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="AB38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="AC38" s="32" t="e">
         <v>#N/A</v>
       </c>
-      <c r="AD38" s="31" t="e">
-[...144 lines deleted...]
-        <v>#N/A</v>
+      <c r="AD38" s="31">
+        <v>5844</v>
+      </c>
+      <c r="AE38" s="30">
+        <v>650</v>
+      </c>
+      <c r="AF38" s="30">
+        <v>340</v>
+      </c>
+      <c r="AG38" s="32">
+        <v>5.23</v>
+      </c>
+      <c r="AH38" s="31">
+        <v>250</v>
+      </c>
+      <c r="AI38" s="30">
+        <v>250</v>
+      </c>
+      <c r="AJ38" s="30">
+        <v>375</v>
+      </c>
+      <c r="AK38" s="32">
+        <v>1.5</v>
+      </c>
+      <c r="AL38" s="31">
+        <v>32400</v>
+      </c>
+      <c r="AM38" s="30">
+        <v>32400</v>
+      </c>
+      <c r="AN38" s="30">
+        <v>220720</v>
+      </c>
+      <c r="AO38" s="32">
+        <v>6.8120000000000003</v>
+      </c>
+      <c r="AP38" s="124">
+        <f>B38+F38+J38+N38+R38+AD38+AH38+AL38</f>
+        <v>2382691</v>
+      </c>
+      <c r="AQ38" s="125">
+        <f t="shared" ref="AQ38" si="3">C38+G38+K38+O38+S38+AE38+AI38+AM38</f>
+        <v>2027113</v>
+      </c>
+      <c r="AR38" s="126">
+        <f t="shared" ref="AR38" si="4">D38+H38+L38+P38+T38+AF38+AJ38+AN38</f>
+        <v>9532722</v>
+      </c>
+      <c r="AS38" s="31">
+        <v>3389223</v>
+      </c>
+      <c r="AT38" s="30">
+        <v>3362223</v>
+      </c>
+      <c r="AU38" s="30">
+        <v>11463852</v>
+      </c>
+      <c r="AV38" s="32">
+        <v>3.41</v>
+      </c>
+      <c r="AW38" s="31">
+        <v>341647</v>
+      </c>
+      <c r="AX38" s="30">
+        <v>341097</v>
+      </c>
+      <c r="AY38" s="34">
+        <v>751490</v>
+      </c>
+      <c r="AZ38" s="32">
+        <v>2.2029999999999998</v>
+      </c>
+      <c r="BA38" s="31">
+        <v>0</v>
+      </c>
+      <c r="BB38" s="30">
+        <v>0</v>
+      </c>
+      <c r="BC38" s="34">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="32">
+        <v>0</v>
+      </c>
+      <c r="BE38" s="31">
+        <v>18275</v>
+      </c>
+      <c r="BF38" s="30">
+        <v>18275</v>
+      </c>
+      <c r="BG38" s="34">
+        <v>51170</v>
+      </c>
+      <c r="BH38" s="32">
+        <v>2.8</v>
+      </c>
+      <c r="BI38" s="31">
+        <v>4647</v>
+      </c>
+      <c r="BJ38" s="30">
+        <v>4647</v>
+      </c>
+      <c r="BK38" s="34">
+        <v>6354</v>
+      </c>
+      <c r="BL38" s="32">
+        <v>1.367</v>
+      </c>
+      <c r="BM38" s="31">
+        <v>0</v>
+      </c>
+      <c r="BN38" s="30">
+        <v>0</v>
+      </c>
+      <c r="BO38" s="34">
+        <v>0</v>
+      </c>
+      <c r="BP38" s="32">
+        <v>0</v>
+      </c>
+      <c r="BQ38" s="31">
+        <v>237300</v>
+      </c>
+      <c r="BR38" s="30">
+        <v>228400</v>
+      </c>
+      <c r="BS38" s="34">
+        <v>410269</v>
+      </c>
+      <c r="BT38" s="32">
+        <v>1.796</v>
+      </c>
+      <c r="BU38" s="127">
+        <f>AS38+AW38+BA38+BE38+BI38+BM38+BQ38</f>
+        <v>3991092</v>
+      </c>
+      <c r="BV38" s="128">
+        <f t="shared" ref="BV38" si="5">AT38+AX38+BB38+BF38+BJ38+BN38+BR38</f>
+        <v>3954642</v>
+      </c>
+      <c r="BW38" s="129">
+        <f t="shared" ref="BW38" si="6">AU38+AY38+BC38+BG38+BK38+BO38+BS38</f>
+        <v>12683135</v>
+      </c>
+      <c r="BX38" s="130">
+        <f>AP38+BU38</f>
+        <v>6373783</v>
+      </c>
+      <c r="BY38" s="125">
+        <f t="shared" ref="BY38" si="7">AQ38+BV38</f>
+        <v>5981755</v>
+      </c>
+      <c r="BZ38" s="131">
+        <f t="shared" ref="BZ38" si="8">AR38+BW38</f>
+        <v>22215857</v>
       </c>
     </row>
     <row r="39" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A39" s="113" t="s">
+      <c r="A39" s="110" t="s">
         <v>70</v>
       </c>
       <c r="B39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="G39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="H39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="I39" s="32" t="e">
         <v>#N/A</v>
@@ -11386,97 +11449,97 @@
       </c>
       <c r="BM39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="BN39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="BO39" s="34" t="e">
         <v>#N/A</v>
       </c>
       <c r="BP39" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="BQ39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="BR39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="BS39" s="34" t="e">
         <v>#N/A</v>
       </c>
       <c r="BT39" s="32" t="e">
         <v>#N/A</v>
       </c>
-      <c r="BU39" s="115" t="e">
+      <c r="BU39" s="112" t="e">
         <v>#N/A</v>
       </c>
       <c r="BV39" s="30" t="e">
         <v>#N/A</v>
       </c>
-      <c r="BW39" s="116" t="e">
-[...2 lines deleted...]
-      <c r="BX39" s="115" t="e">
+      <c r="BW39" s="113" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="BX39" s="112" t="e">
         <v>#N/A</v>
       </c>
       <c r="BY39" s="30" t="e">
         <v>#N/A</v>
       </c>
-      <c r="BZ39" s="117" t="e">
+      <c r="BZ39" s="114" t="e">
         <v>#N/A</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" location="Portada!A1" display="VOLVER AL INDICE" xr:uid="{A093ADCD-4AC8-4193-8E1C-716DA187D8DA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:BZ42"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="AK28" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="B3" sqref="B3"/>
+      <selection pane="bottomRight" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="61" width="11.42578125" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A1" s="147"/>
-      <c r="B1" s="136"/>
+      <c r="A1" s="144"/>
+      <c r="B1" s="133"/>
       <c r="C1" s="50"/>
       <c r="D1" s="50"/>
       <c r="E1" s="50"/>
       <c r="F1" s="50"/>
       <c r="G1" s="50"/>
       <c r="H1" s="50"/>
       <c r="I1" s="50"/>
       <c r="J1" s="50"/>
       <c r="K1" s="50"/>
       <c r="L1" s="50"/>
       <c r="M1" s="50"/>
       <c r="N1" s="50"/>
       <c r="O1" s="50"/>
       <c r="P1" s="50"/>
       <c r="Q1" s="50"/>
       <c r="R1" s="50"/>
       <c r="S1" s="50"/>
       <c r="T1" s="50"/>
       <c r="U1" s="50"/>
       <c r="V1" s="50"/>
       <c r="W1" s="50"/>
       <c r="X1" s="50"/>
       <c r="Y1" s="50"/>
       <c r="Z1" s="50"/>
       <c r="AA1" s="50"/>
@@ -11494,126 +11557,126 @@
       <c r="AM1" s="50"/>
       <c r="AN1" s="50"/>
       <c r="AO1" s="50"/>
       <c r="AP1" s="50"/>
       <c r="AQ1" s="50"/>
       <c r="AR1" s="50"/>
       <c r="AS1" s="50"/>
       <c r="AT1" s="50"/>
       <c r="AU1" s="50"/>
       <c r="AV1" s="50"/>
       <c r="AW1" s="50"/>
       <c r="AX1" s="50"/>
       <c r="AY1" s="50"/>
       <c r="AZ1" s="50"/>
       <c r="BA1" s="50"/>
       <c r="BB1" s="50"/>
       <c r="BC1" s="50"/>
       <c r="BD1" s="50"/>
       <c r="BE1" s="50"/>
       <c r="BF1" s="50"/>
       <c r="BG1" s="50"/>
       <c r="BH1" s="50"/>
       <c r="BI1" s="61"/>
     </row>
     <row r="2" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A2" s="85" t="s">
+      <c r="A2" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="148" t="s">
+      <c r="B2" s="145" t="s">
         <v>71</v>
       </c>
-      <c r="C2" s="149"/>
-[...19 lines deleted...]
-      <c r="W2" s="149" t="s">
+      <c r="C2" s="146"/>
+      <c r="D2" s="146"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="146"/>
+      <c r="G2" s="146"/>
+      <c r="H2" s="146"/>
+      <c r="I2" s="146"/>
+      <c r="J2" s="146"/>
+      <c r="K2" s="145"/>
+      <c r="L2" s="146"/>
+      <c r="M2" s="146"/>
+      <c r="N2" s="146"/>
+      <c r="O2" s="146"/>
+      <c r="P2" s="146"/>
+      <c r="Q2" s="145"/>
+      <c r="R2" s="146"/>
+      <c r="S2" s="146"/>
+      <c r="T2" s="146"/>
+      <c r="U2" s="146"/>
+      <c r="V2" s="147"/>
+      <c r="W2" s="146" t="s">
         <v>71</v>
       </c>
-      <c r="X2" s="149"/>
-[...16 lines deleted...]
-      <c r="AO2" s="149" t="s">
+      <c r="X2" s="146"/>
+      <c r="Y2" s="146"/>
+      <c r="Z2" s="145"/>
+      <c r="AA2" s="146"/>
+      <c r="AB2" s="146"/>
+      <c r="AC2" s="146"/>
+      <c r="AD2" s="146"/>
+      <c r="AE2" s="146"/>
+      <c r="AF2" s="145"/>
+      <c r="AG2" s="146"/>
+      <c r="AH2" s="146"/>
+      <c r="AI2" s="146"/>
+      <c r="AJ2" s="146"/>
+      <c r="AK2" s="146"/>
+      <c r="AL2" s="145"/>
+      <c r="AM2" s="146"/>
+      <c r="AN2" s="146"/>
+      <c r="AO2" s="146" t="s">
         <v>71</v>
       </c>
-      <c r="AP2" s="149"/>
-[...18 lines deleted...]
-      <c r="BI2" s="151"/>
+      <c r="AP2" s="146"/>
+      <c r="AQ2" s="146"/>
+      <c r="AR2" s="145"/>
+      <c r="AS2" s="146"/>
+      <c r="AT2" s="146"/>
+      <c r="AU2" s="146"/>
+      <c r="AV2" s="146"/>
+      <c r="AW2" s="146"/>
+      <c r="AX2" s="145"/>
+      <c r="AY2" s="146"/>
+      <c r="AZ2" s="146"/>
+      <c r="BA2" s="146"/>
+      <c r="BB2" s="146"/>
+      <c r="BC2" s="146"/>
+      <c r="BD2" s="145"/>
+      <c r="BE2" s="146"/>
+      <c r="BF2" s="146"/>
+      <c r="BG2" s="146"/>
+      <c r="BH2" s="146"/>
+      <c r="BI2" s="148"/>
     </row>
     <row r="3" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A3" s="85" t="s">
+      <c r="A3" s="82" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="33"/>
       <c r="W3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="X3" s="3"/>
@@ -11636,54 +11699,54 @@
       <c r="AO3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="3"/>
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="3"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3"/>
       <c r="BB3" s="3"/>
       <c r="BC3" s="3"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="3"/>
       <c r="BH3" s="3"/>
       <c r="BI3" s="62"/>
     </row>
     <row r="4" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A4" s="85" t="s">
+      <c r="A4" s="82" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="105" t="s">
+      <c r="B4" s="102" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4" t="s">
@@ -11741,54 +11804,54 @@
       </c>
       <c r="AV4" s="4"/>
       <c r="AW4" s="4"/>
       <c r="AX4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="AY4" s="4"/>
       <c r="AZ4" s="4"/>
       <c r="BA4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="BB4" s="4"/>
       <c r="BC4" s="4"/>
       <c r="BD4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="BE4" s="4"/>
       <c r="BF4" s="4"/>
       <c r="BG4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="BH4" s="4"/>
       <c r="BI4" s="13"/>
     </row>
     <row r="5" spans="1:61" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A5" s="86" t="s">
+      <c r="A5" s="83" t="s">
         <v>32</v>
       </c>
-      <c r="B5" s="106" t="s">
+      <c r="B5" s="103" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="43" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="H5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="51" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="11" t="s">
         <v>35</v>
@@ -11926,52 +11989,52 @@
         <v>34</v>
       </c>
       <c r="BC5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="BD5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BE5" s="43" t="s">
         <v>34</v>
       </c>
       <c r="BF5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="BG5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BH5" s="51" t="s">
         <v>34</v>
       </c>
       <c r="BI5" s="63" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:61" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="85"/>
-      <c r="B6" s="107"/>
+      <c r="A6" s="82"/>
+      <c r="B6" s="104"/>
       <c r="C6" s="52"/>
       <c r="D6" s="6"/>
       <c r="E6" s="5"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="5"/>
       <c r="I6" s="52"/>
       <c r="J6" s="6"/>
       <c r="K6" s="5"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="5"/>
       <c r="O6" s="52"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="5"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="5"/>
       <c r="U6" s="6"/>
       <c r="V6" s="6"/>
       <c r="W6" s="5"/>
       <c r="X6" s="52"/>
       <c r="Y6" s="6"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="6"/>
@@ -11989,54 +12052,54 @@
       <c r="AM6" s="6"/>
       <c r="AN6" s="6"/>
       <c r="AO6" s="5"/>
       <c r="AP6" s="52"/>
       <c r="AQ6" s="6"/>
       <c r="AR6" s="5"/>
       <c r="AS6" s="6"/>
       <c r="AT6" s="6"/>
       <c r="AU6" s="5"/>
       <c r="AV6" s="52"/>
       <c r="AW6" s="6"/>
       <c r="AX6" s="5"/>
       <c r="AY6" s="6"/>
       <c r="AZ6" s="6"/>
       <c r="BA6" s="5"/>
       <c r="BB6" s="52"/>
       <c r="BC6" s="6"/>
       <c r="BD6" s="5"/>
       <c r="BE6" s="6"/>
       <c r="BF6" s="6"/>
       <c r="BG6" s="5"/>
       <c r="BH6" s="52"/>
       <c r="BI6" s="14"/>
     </row>
     <row r="7" spans="1:61" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="85" t="s">
+      <c r="A7" s="82" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="108" t="s">
+      <c r="B7" s="105" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="53" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="53" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>39</v>
@@ -12174,52 +12237,52 @@
         <v>38</v>
       </c>
       <c r="BC7" s="12" t="s">
         <v>39</v>
       </c>
       <c r="BD7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BE7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="BF7" s="12" t="s">
         <v>39</v>
       </c>
       <c r="BG7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BH7" s="53" t="s">
         <v>38</v>
       </c>
       <c r="BI7" s="64" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:61" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="102"/>
-      <c r="B8" s="109"/>
+      <c r="A8" s="99"/>
+      <c r="B8" s="106"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="8"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
@@ -12237,299 +12300,299 @@
       <c r="AM8" s="8"/>
       <c r="AN8" s="8"/>
       <c r="AO8" s="8"/>
       <c r="AP8" s="8"/>
       <c r="AQ8" s="8"/>
       <c r="AR8" s="8"/>
       <c r="AS8" s="8"/>
       <c r="AT8" s="8"/>
       <c r="AU8" s="8"/>
       <c r="AV8" s="8"/>
       <c r="AW8" s="8"/>
       <c r="AX8" s="8"/>
       <c r="AY8" s="8"/>
       <c r="AZ8" s="8"/>
       <c r="BA8" s="8"/>
       <c r="BB8" s="8"/>
       <c r="BC8" s="8"/>
       <c r="BD8" s="8"/>
       <c r="BE8" s="8"/>
       <c r="BF8" s="8"/>
       <c r="BG8" s="8"/>
       <c r="BH8" s="8"/>
       <c r="BI8" s="15"/>
     </row>
     <row r="9" spans="1:61" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="103"/>
-[...59 lines deleted...]
-      <c r="BI9" s="146"/>
+      <c r="A9" s="100"/>
+      <c r="B9" s="141"/>
+      <c r="C9" s="142"/>
+      <c r="D9" s="142"/>
+      <c r="E9" s="142"/>
+      <c r="F9" s="142"/>
+      <c r="G9" s="142"/>
+      <c r="H9" s="142"/>
+      <c r="I9" s="142"/>
+      <c r="J9" s="142"/>
+      <c r="K9" s="142"/>
+      <c r="L9" s="142"/>
+      <c r="M9" s="142"/>
+      <c r="N9" s="142"/>
+      <c r="O9" s="142"/>
+      <c r="P9" s="142"/>
+      <c r="Q9" s="142"/>
+      <c r="R9" s="142"/>
+      <c r="S9" s="142"/>
+      <c r="T9" s="142"/>
+      <c r="U9" s="142"/>
+      <c r="V9" s="142"/>
+      <c r="W9" s="142"/>
+      <c r="X9" s="142"/>
+      <c r="Y9" s="142"/>
+      <c r="Z9" s="142"/>
+      <c r="AA9" s="142"/>
+      <c r="AB9" s="142"/>
+      <c r="AC9" s="142"/>
+      <c r="AD9" s="142"/>
+      <c r="AE9" s="142"/>
+      <c r="AF9" s="142"/>
+      <c r="AG9" s="142"/>
+      <c r="AH9" s="142"/>
+      <c r="AI9" s="142"/>
+      <c r="AJ9" s="142"/>
+      <c r="AK9" s="142"/>
+      <c r="AL9" s="142"/>
+      <c r="AM9" s="142"/>
+      <c r="AN9" s="142"/>
+      <c r="AO9" s="142"/>
+      <c r="AP9" s="142"/>
+      <c r="AQ9" s="142"/>
+      <c r="AR9" s="142"/>
+      <c r="AS9" s="142"/>
+      <c r="AT9" s="142"/>
+      <c r="AU9" s="142"/>
+      <c r="AV9" s="142"/>
+      <c r="AW9" s="142"/>
+      <c r="AX9" s="142"/>
+      <c r="AY9" s="142"/>
+      <c r="AZ9" s="142"/>
+      <c r="BA9" s="142"/>
+      <c r="BB9" s="142"/>
+      <c r="BC9" s="142"/>
+      <c r="BD9" s="142"/>
+      <c r="BE9" s="142"/>
+      <c r="BF9" s="142"/>
+      <c r="BG9" s="142"/>
+      <c r="BH9" s="142"/>
+      <c r="BI9" s="143"/>
     </row>
     <row r="10" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A10" s="135" t="s">
+      <c r="A10" s="132" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="66">
         <v>0.14914108472413581</v>
       </c>
-      <c r="C10" s="137">
+      <c r="C10" s="134">
         <v>0.15194710620873836</v>
       </c>
-      <c r="D10" s="138">
+      <c r="D10" s="135">
         <v>0.15010431329177559</v>
       </c>
-      <c r="E10" s="139">
+      <c r="E10" s="136">
         <v>0.13456445321904945</v>
       </c>
-      <c r="F10" s="137">
+      <c r="F10" s="134">
         <v>0.14812110656128266</v>
       </c>
-      <c r="G10" s="140">
+      <c r="G10" s="137">
         <v>0.14976037567533124</v>
       </c>
-      <c r="H10" s="139">
+      <c r="H10" s="136">
         <v>0.15526135869227423</v>
       </c>
-      <c r="I10" s="137">
+      <c r="I10" s="134">
         <v>0.15466273497972724</v>
       </c>
-      <c r="J10" s="140">
+      <c r="J10" s="137">
         <v>0.17478991596638654</v>
       </c>
-      <c r="K10" s="139">
+      <c r="K10" s="136">
         <v>4.9542494435743135E-2</v>
       </c>
-      <c r="L10" s="137">
+      <c r="L10" s="134">
         <v>3.4090909090909088E-2</v>
       </c>
-      <c r="M10" s="140">
+      <c r="M10" s="137">
         <v>3.4687047756874097E-2</v>
       </c>
-      <c r="N10" s="139">
+      <c r="N10" s="136">
         <v>6.0635874621694168E-2</v>
       </c>
-      <c r="O10" s="137">
+      <c r="O10" s="134">
         <v>2.4342745861733205E-3</v>
       </c>
-      <c r="P10" s="140">
+      <c r="P10" s="137">
         <v>3.5541195476575119E-3</v>
       </c>
-      <c r="Q10" s="139">
+      <c r="Q10" s="136">
         <v>4.3509528946422148E-2</v>
       </c>
-      <c r="R10" s="137">
+      <c r="R10" s="134">
         <v>4.9101164630929672E-2</v>
       </c>
-      <c r="S10" s="140">
+      <c r="S10" s="137">
         <v>6.7955697390651396E-2</v>
       </c>
-      <c r="T10" s="139">
+      <c r="T10" s="136">
         <v>0.10782608695652174</v>
       </c>
-      <c r="U10" s="137">
-[...5 lines deleted...]
-      <c r="W10" s="139">
+      <c r="U10" s="134">
+        <v>0</v>
+      </c>
+      <c r="V10" s="137">
+        <v>0</v>
+      </c>
+      <c r="W10" s="136">
         <v>1.262493424513414E-2</v>
       </c>
-      <c r="X10" s="137">
-[...14 lines deleted...]
-      <c r="AC10" s="139">
+      <c r="X10" s="134">
+        <v>0</v>
+      </c>
+      <c r="Y10" s="137">
+        <v>0</v>
+      </c>
+      <c r="Z10" s="136">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="134">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="137">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="136">
         <v>6.8851981480582414E-2</v>
       </c>
-      <c r="AD10" s="137">
+      <c r="AD10" s="134">
         <v>6.9516238280275214E-2</v>
       </c>
-      <c r="AE10" s="140">
+      <c r="AE10" s="137">
         <v>6.3229168395373153E-2</v>
       </c>
-      <c r="AF10" s="139">
+      <c r="AF10" s="136">
         <v>0.12701270671170356</v>
       </c>
-      <c r="AG10" s="137">
+      <c r="AG10" s="134">
         <v>0.14299255204309189</v>
       </c>
-      <c r="AH10" s="140">
+      <c r="AH10" s="137">
         <v>0.1458851084844717</v>
       </c>
-      <c r="AI10" s="139">
+      <c r="AI10" s="136">
         <v>0.3813179398755529</v>
       </c>
-      <c r="AJ10" s="137">
+      <c r="AJ10" s="134">
         <v>0.38284082342526643</v>
       </c>
-      <c r="AK10" s="140">
+      <c r="AK10" s="137">
         <v>0.37836816178989524</v>
       </c>
-      <c r="AL10" s="139">
+      <c r="AL10" s="136">
         <v>7.436493308758714E-2</v>
       </c>
-      <c r="AM10" s="137">
+      <c r="AM10" s="134">
         <v>7.0042261435691797E-2</v>
       </c>
-      <c r="AN10" s="140">
+      <c r="AN10" s="137">
         <v>6.7559633027522936E-2</v>
       </c>
-      <c r="AO10" s="139">
+      <c r="AO10" s="136">
         <v>2.2452688976798887E-2</v>
       </c>
-      <c r="AP10" s="137">
+      <c r="AP10" s="134">
         <v>1.9720531890917287E-2</v>
       </c>
-      <c r="AQ10" s="140">
+      <c r="AQ10" s="137">
         <v>1.7362321670129834E-2</v>
       </c>
-      <c r="AR10" s="139">
-[...26 lines deleted...]
-      <c r="BA10" s="139">
+      <c r="AR10" s="136">
+        <v>0</v>
+      </c>
+      <c r="AS10" s="134">
+        <v>0</v>
+      </c>
+      <c r="AT10" s="137">
+        <v>0</v>
+      </c>
+      <c r="AU10" s="136">
+        <v>0</v>
+      </c>
+      <c r="AV10" s="134">
+        <v>0</v>
+      </c>
+      <c r="AW10" s="137">
+        <v>0</v>
+      </c>
+      <c r="AX10" s="136">
+        <v>0</v>
+      </c>
+      <c r="AY10" s="134">
+        <v>0</v>
+      </c>
+      <c r="AZ10" s="137">
+        <v>0</v>
+      </c>
+      <c r="BA10" s="136">
         <v>3.9244003516262713E-2</v>
       </c>
-      <c r="BB10" s="137">
+      <c r="BB10" s="134">
         <v>4.2270667538381768E-2</v>
       </c>
-      <c r="BC10" s="140">
+      <c r="BC10" s="137">
         <v>5.1268805844643869E-2</v>
       </c>
-      <c r="BD10" s="139">
+      <c r="BD10" s="136">
         <v>0.25158289508024412</v>
       </c>
-      <c r="BE10" s="137">
+      <c r="BE10" s="134">
         <v>0.25223936418887333</v>
       </c>
-      <c r="BF10" s="138">
+      <c r="BF10" s="135">
         <v>0.25691798138764826</v>
       </c>
-      <c r="BG10" s="141">
+      <c r="BG10" s="138">
         <v>0.17972025523149612</v>
       </c>
-      <c r="BH10" s="142">
+      <c r="BH10" s="139">
         <v>0.19443286792343512</v>
       </c>
-      <c r="BI10" s="143">
+      <c r="BI10" s="140">
         <v>0.18261839474057903</v>
       </c>
     </row>
     <row r="11" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A11" s="135" t="s">
+      <c r="A11" s="132" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="19">
         <v>0.1445765219014761</v>
       </c>
       <c r="C11" s="54">
         <v>0.13643024194927406</v>
       </c>
       <c r="D11" s="55">
         <v>0.1019713882824794</v>
       </c>
       <c r="E11" s="59">
         <v>0.12775780127571215</v>
       </c>
       <c r="F11" s="60">
         <v>0.1385701593839373</v>
       </c>
       <c r="G11" s="59">
         <v>0.16185401982246883</v>
       </c>
       <c r="H11" s="20">
         <v>0.17564071908353804</v>
       </c>
       <c r="I11" s="54">
         <v>0.18072905345795348</v>
@@ -12670,51 +12733,51 @@
         <v>4.861712306921219E-2</v>
       </c>
       <c r="BC11" s="55">
         <v>5.0005571256368959E-2</v>
       </c>
       <c r="BD11" s="59">
         <v>0.23817953144904203</v>
       </c>
       <c r="BE11" s="60">
         <v>0.24317899932121681</v>
       </c>
       <c r="BF11" s="59">
         <v>0.29624024497331519</v>
       </c>
       <c r="BG11" s="56">
         <v>0.17783805184408635</v>
       </c>
       <c r="BH11" s="60">
         <v>0.19030399644849819</v>
       </c>
       <c r="BI11" s="65">
         <v>0.19989130771524413</v>
       </c>
     </row>
     <row r="12" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A12" s="135" t="s">
+      <c r="A12" s="132" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="19">
         <v>0.13844954843441984</v>
       </c>
       <c r="C12" s="54">
         <v>0.13896812049460278</v>
       </c>
       <c r="D12" s="55">
         <v>0.15489833641404807</v>
       </c>
       <c r="E12" s="59">
         <v>0.13662564024157176</v>
       </c>
       <c r="F12" s="60">
         <v>0.15489233094068758</v>
       </c>
       <c r="G12" s="59">
         <v>0.189290659873668</v>
       </c>
       <c r="H12" s="56">
         <v>0.20749033871334394</v>
       </c>
       <c r="I12" s="60">
         <v>0.22359825802939576</v>
@@ -12855,51 +12918,51 @@
         <v>4.9242601885288187E-2</v>
       </c>
       <c r="BC12" s="55">
         <v>5.204512736806139E-2</v>
       </c>
       <c r="BD12" s="59">
         <v>0.22269983983285149</v>
       </c>
       <c r="BE12" s="60">
         <v>0.22945932093898319</v>
       </c>
       <c r="BF12" s="59">
         <v>0.27995677549477721</v>
       </c>
       <c r="BG12" s="56">
         <v>0.17602554525035588</v>
       </c>
       <c r="BH12" s="60">
         <v>0.19286171091491913</v>
       </c>
       <c r="BI12" s="65">
         <v>0.22248852455310025</v>
       </c>
     </row>
     <row r="13" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A13" s="135" t="s">
+      <c r="A13" s="132" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="19">
         <v>0.14768253968253969</v>
       </c>
       <c r="C13" s="54">
         <v>0.15037117449751683</v>
       </c>
       <c r="D13" s="55">
         <v>0.17996988739139072</v>
       </c>
       <c r="E13" s="59">
         <v>0.13486130507407104</v>
       </c>
       <c r="F13" s="60">
         <v>0.14083526644575495</v>
       </c>
       <c r="G13" s="59">
         <v>0.15028336124237965</v>
       </c>
       <c r="H13" s="56">
         <v>0.20274601498159353</v>
       </c>
       <c r="I13" s="60">
         <v>0.20865816747684124</v>
@@ -13040,51 +13103,51 @@
         <v>3.8543768255593365E-2</v>
       </c>
       <c r="BC13" s="55">
         <v>4.6087914192683391E-2</v>
       </c>
       <c r="BD13" s="59">
         <v>0.24105466875377976</v>
       </c>
       <c r="BE13" s="60">
         <v>0.24182246548751707</v>
       </c>
       <c r="BF13" s="59">
         <v>0.25833585287869965</v>
       </c>
       <c r="BG13" s="56">
         <v>0.18288291133196721</v>
       </c>
       <c r="BH13" s="60">
         <v>0.19580532864811692</v>
       </c>
       <c r="BI13" s="65">
         <v>0.20213206762972227</v>
       </c>
     </row>
     <row r="14" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A14" s="135" t="s">
+      <c r="A14" s="132" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="19">
         <v>0.15471169534833606</v>
       </c>
       <c r="C14" s="54">
         <v>0.15641275927369425</v>
       </c>
       <c r="D14" s="55">
         <v>0.13997122188920955</v>
       </c>
       <c r="E14" s="59">
         <v>0.12390899985691801</v>
       </c>
       <c r="F14" s="60">
         <v>0.14143236677227328</v>
       </c>
       <c r="G14" s="59">
         <v>0.16480319805200089</v>
       </c>
       <c r="H14" s="56">
         <v>0.21914433447441167</v>
       </c>
       <c r="I14" s="60">
         <v>0.2121362824787823</v>
@@ -13225,51 +13288,51 @@
         <v>3.5037729967306704E-2</v>
       </c>
       <c r="BC14" s="55">
         <v>3.0309871320462107E-2</v>
       </c>
       <c r="BD14" s="59">
         <v>0.2427870639941668</v>
       </c>
       <c r="BE14" s="60">
         <v>0.24699639569785486</v>
       </c>
       <c r="BF14" s="59">
         <v>0.28552213832029361</v>
       </c>
       <c r="BG14" s="56">
         <v>0.18507869501404461</v>
       </c>
       <c r="BH14" s="60">
         <v>0.20077837964473813</v>
       </c>
       <c r="BI14" s="65">
         <v>0.2124575067260398</v>
       </c>
     </row>
     <row r="15" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A15" s="135" t="s">
+      <c r="A15" s="132" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="19">
         <v>0.15445427562632755</v>
       </c>
       <c r="C15" s="54">
         <v>0.15985159456899273</v>
       </c>
       <c r="D15" s="55">
         <v>0.13983635524200774</v>
       </c>
       <c r="E15" s="59">
         <v>0.11751790939623949</v>
       </c>
       <c r="F15" s="60">
         <v>0.12590263969945342</v>
       </c>
       <c r="G15" s="59">
         <v>0.14160948010070637</v>
       </c>
       <c r="H15" s="56">
         <v>0.2623390576064813</v>
       </c>
       <c r="I15" s="60">
         <v>0.24723937620172956</v>
@@ -13410,51 +13473,51 @@
         <v>5.1599273967862756E-2</v>
       </c>
       <c r="BC15" s="55">
         <v>4.6755104098864124E-2</v>
       </c>
       <c r="BD15" s="59">
         <v>0.23634353501446992</v>
       </c>
       <c r="BE15" s="60">
         <v>0.23615189949412102</v>
       </c>
       <c r="BF15" s="59">
         <v>0.24862413146199486</v>
       </c>
       <c r="BG15" s="56">
         <v>0.18459248131191214</v>
       </c>
       <c r="BH15" s="60">
         <v>0.19664889713306746</v>
       </c>
       <c r="BI15" s="65">
         <v>0.19491302641713737</v>
       </c>
     </row>
     <row r="16" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A16" s="112" t="s">
+      <c r="A16" s="109" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="19">
         <v>0.13269398956542719</v>
       </c>
       <c r="C16" s="54">
         <v>0.13115247239352024</v>
       </c>
       <c r="D16" s="55">
         <v>0.13423629522457611</v>
       </c>
       <c r="E16" s="59">
         <v>0.11979740459490321</v>
       </c>
       <c r="F16" s="60">
         <v>0.12041206152595704</v>
       </c>
       <c r="G16" s="59">
         <v>0.126899286777273</v>
       </c>
       <c r="H16" s="56">
         <v>0.30553024935047407</v>
       </c>
       <c r="I16" s="60">
         <v>0.29469916322304368</v>
@@ -13595,51 +13658,51 @@
         <v>5.1467510276346218E-2</v>
       </c>
       <c r="BC16" s="55">
         <v>4.0941708931743967E-2</v>
       </c>
       <c r="BD16" s="59">
         <v>0.22677596696748362</v>
       </c>
       <c r="BE16" s="60">
         <v>0.22613781958463722</v>
       </c>
       <c r="BF16" s="59">
         <v>0.26777024318775838</v>
       </c>
       <c r="BG16" s="56">
         <v>0.17835560528591002</v>
       </c>
       <c r="BH16" s="60">
         <v>0.18814580459775454</v>
       </c>
       <c r="BI16" s="65">
         <v>0.20962595994044311</v>
       </c>
     </row>
     <row r="17" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A17" s="112" t="s">
+      <c r="A17" s="109" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="19">
         <v>0.11344639450900908</v>
       </c>
       <c r="C17" s="54">
         <v>0.11859901814938106</v>
       </c>
       <c r="D17" s="55">
         <v>0.13032863179210538</v>
       </c>
       <c r="E17" s="59">
         <v>0.13068866282960781</v>
       </c>
       <c r="F17" s="60">
         <v>0.14504391940142017</v>
       </c>
       <c r="G17" s="59">
         <v>0.17115175918385775</v>
       </c>
       <c r="H17" s="56">
         <v>0.31148819078193074</v>
       </c>
       <c r="I17" s="60">
         <v>0.32113969892364574</v>
@@ -13780,51 +13843,51 @@
         <v>4.4054245958425033E-2</v>
       </c>
       <c r="BC17" s="55">
         <v>3.8434252216654086E-2</v>
       </c>
       <c r="BD17" s="59">
         <v>0.21978729902301361</v>
       </c>
       <c r="BE17" s="60">
         <v>0.2214354797692093</v>
       </c>
       <c r="BF17" s="59">
         <v>0.26604639992675111</v>
       </c>
       <c r="BG17" s="56">
         <v>0.17415458655779192</v>
       </c>
       <c r="BH17" s="60">
         <v>0.18757360324162856</v>
       </c>
       <c r="BI17" s="65">
         <v>0.21178939564305338</v>
       </c>
     </row>
     <row r="18" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A18" s="112" t="s">
+      <c r="A18" s="109" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="19">
         <v>0.10845773369444114</v>
       </c>
       <c r="C18" s="54">
         <v>0.10687399759009532</v>
       </c>
       <c r="D18" s="55">
         <v>0.1098136667756921</v>
       </c>
       <c r="E18" s="59">
         <v>0.12424214202971529</v>
       </c>
       <c r="F18" s="60">
         <v>0.13114007291707083</v>
       </c>
       <c r="G18" s="59">
         <v>0.14679113541014283</v>
       </c>
       <c r="H18" s="56">
         <v>0.29168259233106381</v>
       </c>
       <c r="I18" s="60">
         <v>0.2860409848699374</v>
@@ -13965,51 +14028,51 @@
         <v>3.4694422204430211E-2</v>
       </c>
       <c r="BC18" s="55">
         <v>3.6023777924004324E-2</v>
       </c>
       <c r="BD18" s="59">
         <v>0.21482016872624268</v>
       </c>
       <c r="BE18" s="60">
         <v>0.2173526923272151</v>
       </c>
       <c r="BF18" s="59">
         <v>0.24868187201240807</v>
       </c>
       <c r="BG18" s="56">
         <v>0.17014943387839893</v>
       </c>
       <c r="BH18" s="60">
         <v>0.17893511906981752</v>
       </c>
       <c r="BI18" s="65">
         <v>0.19369115587777463</v>
       </c>
     </row>
     <row r="19" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A19" s="112" t="s">
+      <c r="A19" s="109" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="19">
         <v>0.11286772484746246</v>
       </c>
       <c r="C19" s="54">
         <v>0.11603482371099214</v>
       </c>
       <c r="D19" s="55">
         <v>0.14668322984523</v>
       </c>
       <c r="E19" s="59">
         <v>0.11661244217098582</v>
       </c>
       <c r="F19" s="60">
         <v>0.12334063157137685</v>
       </c>
       <c r="G19" s="59">
         <v>0.13739329057872404</v>
       </c>
       <c r="H19" s="56">
         <v>0.25587078213549158</v>
       </c>
       <c r="I19" s="60">
         <v>0.24383088176191625</v>
@@ -14150,51 +14213,51 @@
         <v>3.7927443437353194E-2</v>
       </c>
       <c r="BC19" s="55">
         <v>3.3176149555975774E-2</v>
       </c>
       <c r="BD19" s="59">
         <v>0.20526029872347074</v>
       </c>
       <c r="BE19" s="60">
         <v>0.20756227300285385</v>
       </c>
       <c r="BF19" s="59">
         <v>0.23513536300006521</v>
       </c>
       <c r="BG19" s="56">
         <v>0.16983296137218548</v>
       </c>
       <c r="BH19" s="60">
         <v>0.17905883835092454</v>
       </c>
       <c r="BI19" s="65">
         <v>0.19678862458353533</v>
       </c>
     </row>
     <row r="20" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A20" s="112" t="s">
+      <c r="A20" s="109" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="19">
         <v>0.1246834244336876</v>
       </c>
       <c r="C20" s="54">
         <v>0.12466597658474425</v>
       </c>
       <c r="D20" s="55">
         <v>0.13717387180058235</v>
       </c>
       <c r="E20" s="59">
         <v>0.10490367457699117</v>
       </c>
       <c r="F20" s="60">
         <v>0.10906347689558263</v>
       </c>
       <c r="G20" s="59">
         <v>0.12112507058029459</v>
       </c>
       <c r="H20" s="56">
         <v>0.24478221739689432</v>
       </c>
       <c r="I20" s="60">
         <v>0.24402348547299002</v>
@@ -14335,51 +14398,51 @@
         <v>4.1984198674317123E-2</v>
       </c>
       <c r="BC20" s="55">
         <v>4.8131489729198486E-2</v>
       </c>
       <c r="BD20" s="59">
         <v>0.1914127216108025</v>
       </c>
       <c r="BE20" s="60">
         <v>0.19122431165100098</v>
       </c>
       <c r="BF20" s="59">
         <v>0.22258858157756839</v>
       </c>
       <c r="BG20" s="56">
         <v>0.1617758748707504</v>
       </c>
       <c r="BH20" s="60">
         <v>0.16771198574782192</v>
       </c>
       <c r="BI20" s="65">
         <v>0.18211011095880975</v>
       </c>
     </row>
     <row r="21" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A21" s="112" t="s">
+      <c r="A21" s="109" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="19">
         <v>0.12667566932260138</v>
       </c>
       <c r="C21" s="54">
         <v>0.13049107235580418</v>
       </c>
       <c r="D21" s="55">
         <v>0.16226031761716381</v>
       </c>
       <c r="E21" s="59">
         <v>0.10699917556852158</v>
       </c>
       <c r="F21" s="60">
         <v>9.8149116907057271E-2</v>
       </c>
       <c r="G21" s="59">
         <v>0.11530583333931359</v>
       </c>
       <c r="H21" s="56">
         <v>0.22762698864339262</v>
       </c>
       <c r="I21" s="60">
         <v>0.17488435067133026</v>
@@ -14520,51 +14583,51 @@
         <v>3.4774035386911109E-2</v>
       </c>
       <c r="BC21" s="55">
         <v>2.7065058666149274E-2</v>
       </c>
       <c r="BD21" s="59">
         <v>0.18900010769619183</v>
       </c>
       <c r="BE21" s="60">
         <v>0.18815637305955998</v>
       </c>
       <c r="BF21" s="59">
         <v>0.2299388620933244</v>
       </c>
       <c r="BG21" s="56">
         <v>0.15892944909035606</v>
       </c>
       <c r="BH21" s="60">
         <v>0.16218968247379845</v>
       </c>
       <c r="BI21" s="65">
         <v>0.18515178470802898</v>
       </c>
     </row>
     <row r="22" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A22" s="112" t="s">
+      <c r="A22" s="109" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="19">
         <v>7.4207787296923039E-2</v>
       </c>
       <c r="C22" s="54">
         <v>7.5421371029174275E-2</v>
       </c>
       <c r="D22" s="55">
         <v>6.2060882101395674E-2</v>
       </c>
       <c r="E22" s="59">
         <v>0.10433184208962999</v>
       </c>
       <c r="F22" s="60">
         <v>9.968220213434198E-2</v>
       </c>
       <c r="G22" s="59">
         <v>0.12194357808310749</v>
       </c>
       <c r="H22" s="56">
         <v>0</v>
       </c>
       <c r="I22" s="60">
         <v>0</v>
@@ -14705,51 +14768,51 @@
         <v>0.10481852858387392</v>
       </c>
       <c r="BC22" s="55">
         <v>7.1377772030775194E-2</v>
       </c>
       <c r="BD22" s="59">
         <v>0.1788256120040031</v>
       </c>
       <c r="BE22" s="60">
         <v>0.18624741280197887</v>
       </c>
       <c r="BF22" s="59">
         <v>0.23956508199540116</v>
       </c>
       <c r="BG22" s="56">
         <v>0.14172109259156698</v>
       </c>
       <c r="BH22" s="60">
         <v>0.15252217805305923</v>
       </c>
       <c r="BI22" s="65">
         <v>0.17275344412138288</v>
       </c>
     </row>
     <row r="23" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A23" s="112" t="s">
+      <c r="A23" s="109" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="19">
         <v>8.9172422227876649E-2</v>
       </c>
       <c r="C23" s="54">
         <v>9.5522406301753265E-2</v>
       </c>
       <c r="D23" s="55">
         <v>0.1101590156329206</v>
       </c>
       <c r="E23" s="59">
         <v>0.13397307736308514</v>
       </c>
       <c r="F23" s="60">
         <v>0.14195765546902844</v>
       </c>
       <c r="G23" s="59">
         <v>0.17677064849262644</v>
       </c>
       <c r="H23" s="56">
         <v>0.18690412815176885</v>
       </c>
       <c r="I23" s="60">
         <v>0.20483690506928307</v>
@@ -14890,51 +14953,51 @@
         <v>0.10207044221452032</v>
       </c>
       <c r="BC23" s="55">
         <v>0.15925637888154245</v>
       </c>
       <c r="BD23" s="59">
         <v>0.15940612983568647</v>
       </c>
       <c r="BE23" s="60">
         <v>0.16146293090361785</v>
       </c>
       <c r="BF23" s="59">
         <v>0.18950798101529584</v>
       </c>
       <c r="BG23" s="56">
         <v>0.14273966731707172</v>
       </c>
       <c r="BH23" s="60">
         <v>0.14906563407539855</v>
       </c>
       <c r="BI23" s="65">
         <v>0.17684423177961167</v>
       </c>
     </row>
     <row r="24" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A24" s="112" t="s">
+      <c r="A24" s="109" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="19">
         <v>9.6956735228326693E-2</v>
       </c>
       <c r="C24" s="54">
         <v>9.6828437257255845E-2</v>
       </c>
       <c r="D24" s="55">
         <v>0.11505040013792191</v>
       </c>
       <c r="E24" s="59">
         <v>0.12440483120194006</v>
       </c>
       <c r="F24" s="60">
         <v>0.13025456276391884</v>
       </c>
       <c r="G24" s="59">
         <v>0.15364899665249709</v>
       </c>
       <c r="H24" s="56">
         <v>0.15242749616523382</v>
       </c>
       <c r="I24" s="60">
         <v>0.14468649054874647</v>
@@ -15075,51 +15138,51 @@
         <v>0.13474516321007893</v>
       </c>
       <c r="BC24" s="55">
         <v>0.17527616310038721</v>
       </c>
       <c r="BD24" s="59">
         <v>0.1553617156465045</v>
       </c>
       <c r="BE24" s="60">
         <v>0.15573948880864225</v>
       </c>
       <c r="BF24" s="59">
         <v>0.18779861851149601</v>
       </c>
       <c r="BG24" s="56">
         <v>0.13617796906985655</v>
       </c>
       <c r="BH24" s="60">
         <v>0.13897282649051731</v>
       </c>
       <c r="BI24" s="65">
         <v>0.16044880951810958</v>
       </c>
     </row>
     <row r="25" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A25" s="112" t="s">
+      <c r="A25" s="109" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="19">
         <v>9.3551591586403485E-2</v>
       </c>
       <c r="C25" s="54">
         <v>9.5839084642214842E-2</v>
       </c>
       <c r="D25" s="55">
         <v>0.10578036631383557</v>
       </c>
       <c r="E25" s="59">
         <v>0.12967144168484879</v>
       </c>
       <c r="F25" s="60">
         <v>0.14964964964964966</v>
       </c>
       <c r="G25" s="59">
         <v>0.18073480241228831</v>
       </c>
       <c r="H25" s="56">
         <v>0.14917428990195086</v>
       </c>
       <c r="I25" s="60">
         <v>0.14094756597341912</v>
@@ -15260,51 +15323,51 @@
         <v>0.25235649472474592</v>
       </c>
       <c r="BC25" s="55">
         <v>0.19809496930783885</v>
       </c>
       <c r="BD25" s="59">
         <v>0.15846935248939364</v>
       </c>
       <c r="BE25" s="60">
         <v>0.16257674188318127</v>
       </c>
       <c r="BF25" s="59">
         <v>0.19147824445390838</v>
       </c>
       <c r="BG25" s="56">
         <v>0.13737375866189663</v>
       </c>
       <c r="BH25" s="60">
         <v>0.14416783190392002</v>
       </c>
       <c r="BI25" s="65">
         <v>0.16277263606468234</v>
       </c>
     </row>
     <row r="26" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A26" s="112" t="s">
+      <c r="A26" s="109" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="19">
         <v>0.15902658264756314</v>
       </c>
       <c r="C26" s="54">
         <v>0.16190750290703163</v>
       </c>
       <c r="D26" s="55">
         <v>0.170604467666335</v>
       </c>
       <c r="E26" s="59">
         <v>0.11399916978865481</v>
       </c>
       <c r="F26" s="60">
         <v>0.12861545939071109</v>
       </c>
       <c r="G26" s="59">
         <v>0.17011532443932076</v>
       </c>
       <c r="H26" s="56">
         <v>0.16123140376678702</v>
       </c>
       <c r="I26" s="60">
         <v>0.17078786012923697</v>
@@ -15445,51 +15508,51 @@
         <v>0.26144333319500351</v>
       </c>
       <c r="BC26" s="55">
         <v>0.30036389887441806</v>
       </c>
       <c r="BD26" s="59">
         <v>0.15304967803957145</v>
       </c>
       <c r="BE26" s="60">
         <v>0.15699457779591605</v>
       </c>
       <c r="BF26" s="59">
         <v>0.2028124004723538</v>
       </c>
       <c r="BG26" s="56">
         <v>0.13892086283955166</v>
       </c>
       <c r="BH26" s="60">
         <v>0.14711523181536756</v>
       </c>
       <c r="BI26" s="65">
         <v>0.18010725552619911</v>
       </c>
     </row>
     <row r="27" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A27" s="112" t="s">
+      <c r="A27" s="109" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="19">
         <v>0.1765179944463785</v>
       </c>
       <c r="C27" s="54">
         <v>0.1813119878555588</v>
       </c>
       <c r="D27" s="55">
         <v>0.14503600705198186</v>
       </c>
       <c r="E27" s="59">
         <v>8.8852306610142678E-2</v>
       </c>
       <c r="F27" s="60">
         <v>9.9066400229083945E-2</v>
       </c>
       <c r="G27" s="59">
         <v>0.11208152768603777</v>
       </c>
       <c r="H27" s="56">
         <v>0.14881319397448431</v>
       </c>
       <c r="I27" s="60">
         <v>0.13766144400417948</v>
@@ -15630,51 +15693,51 @@
         <v>0.17042983809165382</v>
       </c>
       <c r="BC27" s="55">
         <v>0.17464764973966634</v>
       </c>
       <c r="BD27" s="59">
         <v>0.15933832644432286</v>
       </c>
       <c r="BE27" s="60">
         <v>0.16065201330245812</v>
       </c>
       <c r="BF27" s="59">
         <v>0.17978907039793382</v>
       </c>
       <c r="BG27" s="56">
         <v>0.14086008838520059</v>
       </c>
       <c r="BH27" s="60">
         <v>0.1471771554473808</v>
       </c>
       <c r="BI27" s="65">
         <v>0.14757987312179743</v>
       </c>
     </row>
     <row r="28" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A28" s="112" t="s">
+      <c r="A28" s="109" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="19">
         <v>0.17582091736701999</v>
       </c>
       <c r="C28" s="54">
         <v>0.18300284429023864</v>
       </c>
       <c r="D28" s="55">
         <v>0.18083244042136734</v>
       </c>
       <c r="E28" s="59">
         <v>0.11365519481380335</v>
       </c>
       <c r="F28" s="60">
         <v>0.11207336261152223</v>
       </c>
       <c r="G28" s="59">
         <v>0.12923668488418508</v>
       </c>
       <c r="H28" s="56">
         <v>0.17278366011206561</v>
       </c>
       <c r="I28" s="60">
         <v>0.15336119141906174</v>
@@ -15815,51 +15878,51 @@
         <v>0.15802344581034994</v>
       </c>
       <c r="BC28" s="55">
         <v>0.14192583092871647</v>
       </c>
       <c r="BD28" s="59">
         <v>0.15662269317470823</v>
       </c>
       <c r="BE28" s="60">
         <v>0.1540448628215659</v>
       </c>
       <c r="BF28" s="59">
         <v>0.18315112035882899</v>
       </c>
       <c r="BG28" s="56">
         <v>0.14496446039469288</v>
       </c>
       <c r="BH28" s="60">
         <v>0.14823981689031523</v>
       </c>
       <c r="BI28" s="65">
         <v>0.16243295983920125</v>
       </c>
     </row>
     <row r="29" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A29" s="112" t="s">
+      <c r="A29" s="109" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="19">
         <v>0.1480464539130403</v>
       </c>
       <c r="C29" s="54">
         <v>0.15157782992683078</v>
       </c>
       <c r="D29" s="55">
         <v>0.1656976682439221</v>
       </c>
       <c r="E29" s="59">
         <v>9.1158784528289474E-2</v>
       </c>
       <c r="F29" s="60">
         <v>8.9161435251150986E-2</v>
       </c>
       <c r="G29" s="59">
         <v>9.9095723406193464E-2</v>
       </c>
       <c r="H29" s="56">
         <v>0.16046125489721341</v>
       </c>
       <c r="I29" s="60">
         <v>0.13391730383787395</v>
@@ -16000,51 +16063,51 @@
         <v>0.10239090811622172</v>
       </c>
       <c r="BC29" s="55">
         <v>7.6969448889219666E-2</v>
       </c>
       <c r="BD29" s="59">
         <v>0.15977864705960462</v>
       </c>
       <c r="BE29" s="60">
         <v>0.15092588657622394</v>
       </c>
       <c r="BF29" s="59">
         <v>0.13519826319670511</v>
       </c>
       <c r="BG29" s="56">
         <v>0.133704033769077</v>
       </c>
       <c r="BH29" s="60">
         <v>0.13486541387019263</v>
       </c>
       <c r="BI29" s="65">
         <v>0.12110154755203259</v>
       </c>
     </row>
     <row r="30" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A30" s="112" t="s">
+      <c r="A30" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="19">
         <v>0.14831831791722677</v>
       </c>
       <c r="C30" s="54">
         <v>0.15181486727921262</v>
       </c>
       <c r="D30" s="55">
         <v>0.15826638889713385</v>
       </c>
       <c r="E30" s="59">
         <v>0.10502420815071799</v>
       </c>
       <c r="F30" s="60">
         <v>0.10913117223906327</v>
       </c>
       <c r="G30" s="59">
         <v>0.11728097086470088</v>
       </c>
       <c r="H30" s="56">
         <v>0.15520129620475642</v>
       </c>
       <c r="I30" s="60">
         <v>0.14462455369910787</v>
@@ -16185,51 +16248,51 @@
         <v>0.1353280774722205</v>
       </c>
       <c r="BC30" s="55">
         <v>0.15534925993248508</v>
       </c>
       <c r="BD30" s="59">
         <v>0.15579348313851851</v>
       </c>
       <c r="BE30" s="60">
         <v>0.15496812754800773</v>
       </c>
       <c r="BF30" s="59">
         <v>0.16951798934383583</v>
       </c>
       <c r="BG30" s="56">
         <v>0.1359622903382407</v>
       </c>
       <c r="BH30" s="60">
         <v>0.14036790582826475</v>
       </c>
       <c r="BI30" s="65">
         <v>0.14356104890381699</v>
       </c>
     </row>
     <row r="31" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A31" s="112" t="s">
+      <c r="A31" s="109" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="19">
         <v>0.16508086733101537</v>
       </c>
       <c r="C31" s="54">
         <v>0.16560397638476218</v>
       </c>
       <c r="D31" s="55">
         <v>0.17637612393748908</v>
       </c>
       <c r="E31" s="59">
         <v>0.11755366603477595</v>
       </c>
       <c r="F31" s="60">
         <v>0.1059214526056857</v>
       </c>
       <c r="G31" s="59">
         <v>0.11917630357677844</v>
       </c>
       <c r="H31" s="56">
         <v>0.16238956011363992</v>
       </c>
       <c r="I31" s="60">
         <v>0.1292223570907711</v>
@@ -16370,51 +16433,51 @@
         <v>0.15190190582081839</v>
       </c>
       <c r="BC31" s="55">
         <v>0.1289185588650251</v>
       </c>
       <c r="BD31" s="59">
         <v>0.16643311582933501</v>
       </c>
       <c r="BE31" s="60">
         <v>0.16575174084162694</v>
       </c>
       <c r="BF31" s="59">
         <v>0.172420436200938</v>
       </c>
       <c r="BG31" s="56">
         <v>0.14705605951922454</v>
       </c>
       <c r="BH31" s="60">
         <v>0.14692010912783676</v>
       </c>
       <c r="BI31" s="65">
         <v>0.14529023528136797</v>
       </c>
     </row>
     <row r="32" spans="1:61" x14ac:dyDescent="0.25">
-      <c r="A32" s="112" t="s">
+      <c r="A32" s="109" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="19">
         <v>0.17685663247363789</v>
       </c>
       <c r="C32" s="54">
         <v>0.18037224880113925</v>
       </c>
       <c r="D32" s="55">
         <v>0.16982216656996268</v>
       </c>
       <c r="E32" s="59">
         <v>0.10219485521141768</v>
       </c>
       <c r="F32" s="60">
         <v>9.002094774042721E-2</v>
       </c>
       <c r="G32" s="59">
         <v>0.10394647945266383</v>
       </c>
       <c r="H32" s="56">
         <v>0.16424846951769462</v>
       </c>
       <c r="I32" s="60">
         <v>0.12192409733146928</v>
@@ -16555,51 +16618,51 @@
         <v>5.3169758723445162E-2</v>
       </c>
       <c r="BC32" s="55">
         <v>3.3699200546337259E-2</v>
       </c>
       <c r="BD32" s="59">
         <v>0.16058959105161397</v>
       </c>
       <c r="BE32" s="60">
         <v>0.15620831914562738</v>
       </c>
       <c r="BF32" s="59">
         <v>0.17934930061067927</v>
       </c>
       <c r="BG32" s="56">
         <v>0.14100901072926711</v>
       </c>
       <c r="BH32" s="60">
         <v>0.13991975111024404</v>
       </c>
       <c r="BI32" s="65">
         <v>0.14107283746748139</v>
       </c>
     </row>
     <row r="33" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A33" s="113" t="s">
+      <c r="A33" s="110" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="19">
         <v>0.18709077938091295</v>
       </c>
       <c r="C33" s="54">
         <v>0.19189154330312261</v>
       </c>
       <c r="D33" s="55">
         <v>0.2117049238451526</v>
       </c>
       <c r="E33" s="59">
         <v>0.11794025823420194</v>
       </c>
       <c r="F33" s="60">
         <v>0.11280762216600052</v>
       </c>
       <c r="G33" s="59">
         <v>0.12622234153062795</v>
       </c>
       <c r="H33" s="56">
         <v>0.18674249415528485</v>
       </c>
       <c r="I33" s="60">
         <v>0.17902146739405472</v>
@@ -16740,51 +16803,51 @@
         <v>9.8657961552412049E-2</v>
       </c>
       <c r="BC33" s="55">
         <v>8.6459160856676071E-2</v>
       </c>
       <c r="BD33" s="59">
         <v>0.16917383687230667</v>
       </c>
       <c r="BE33" s="60">
         <v>0.16923502171335747</v>
       </c>
       <c r="BF33" s="59">
         <v>0.1825886367558717</v>
       </c>
       <c r="BG33" s="56">
         <v>0.1490819531953938</v>
       </c>
       <c r="BH33" s="60">
         <v>0.15478848341694051</v>
       </c>
       <c r="BI33" s="65">
         <v>0.15770538896307063</v>
       </c>
     </row>
     <row r="34" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A34" s="113" t="s">
+      <c r="A34" s="110" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="19">
         <v>0.19712334421710404</v>
       </c>
       <c r="C34" s="54">
         <v>0.19711915762369758</v>
       </c>
       <c r="D34" s="55">
         <v>0.15065054805022615</v>
       </c>
       <c r="E34" s="59">
         <v>0.11268775218815405</v>
       </c>
       <c r="F34" s="60">
         <v>0.11098255025780093</v>
       </c>
       <c r="G34" s="59">
         <v>0.11767608873603581</v>
       </c>
       <c r="H34" s="56">
         <v>0.18363667172991671</v>
       </c>
       <c r="I34" s="60">
         <v>0.18713112805016524</v>
@@ -16925,51 +16988,51 @@
         <v>0.11296403855051634</v>
       </c>
       <c r="BC34" s="55">
         <v>0.11459781185657683</v>
       </c>
       <c r="BD34" s="59">
         <v>0.17368766287686901</v>
       </c>
       <c r="BE34" s="60">
         <v>0.17558512554103595</v>
       </c>
       <c r="BF34" s="59">
         <v>0.18997156784827746</v>
       </c>
       <c r="BG34" s="56">
         <v>0.15208552390770808</v>
       </c>
       <c r="BH34" s="60">
         <v>0.1585726166808771</v>
       </c>
       <c r="BI34" s="65">
         <v>0.14716274741169461</v>
       </c>
     </row>
     <row r="35" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A35" s="113" t="s">
+      <c r="A35" s="110" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="19">
         <v>0.19213878400628936</v>
       </c>
       <c r="C35" s="54">
         <v>0.1965753258353049</v>
       </c>
       <c r="D35" s="55">
         <v>0.22710965325189691</v>
       </c>
       <c r="E35" s="59">
         <v>0.12081338121030623</v>
       </c>
       <c r="F35" s="60">
         <v>0.10658804683751649</v>
       </c>
       <c r="G35" s="59">
         <v>9.7814091015426055E-2</v>
       </c>
       <c r="H35" s="56">
         <v>0.20507426700496528</v>
       </c>
       <c r="I35" s="60">
         <v>0.20296847919735614</v>
@@ -17110,51 +17173,51 @@
         <v>0.10582076711723816</v>
       </c>
       <c r="BC35" s="55">
         <v>6.5037516472286214E-2</v>
       </c>
       <c r="BD35" s="59">
         <v>0.16646333361645085</v>
       </c>
       <c r="BE35" s="60">
         <v>0.1676554050099606</v>
       </c>
       <c r="BF35" s="59">
         <v>0.17605076187578708</v>
       </c>
       <c r="BG35" s="56">
         <v>0.14728952486075347</v>
       </c>
       <c r="BH35" s="60">
         <v>0.15143595526912423</v>
       </c>
       <c r="BI35" s="65">
         <v>0.14472910589641774</v>
       </c>
     </row>
     <row r="36" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A36" s="113" t="s">
+      <c r="A36" s="110" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="19">
         <v>0.16135579666266425</v>
       </c>
       <c r="C36" s="54">
         <v>0.15624294007646217</v>
       </c>
       <c r="D36" s="55">
         <v>0.15563521734074767</v>
       </c>
       <c r="E36" s="59">
         <v>0.11976537033635094</v>
       </c>
       <c r="F36" s="60">
         <v>9.5962301106242709E-2</v>
       </c>
       <c r="G36" s="59">
         <v>6.7080077957088438E-2</v>
       </c>
       <c r="H36" s="56">
         <v>0.209753820090575</v>
       </c>
       <c r="I36" s="60">
         <v>0.19349907377987735</v>
@@ -17295,51 +17358,51 @@
         <v>0.29397224995750154</v>
       </c>
       <c r="BC36" s="55">
         <v>0.28584527655321351</v>
       </c>
       <c r="BD36" s="59">
         <v>0.17644656314328794</v>
       </c>
       <c r="BE36" s="60">
         <v>0.1588667422867667</v>
       </c>
       <c r="BF36" s="59">
         <v>0.1470322978816602</v>
       </c>
       <c r="BG36" s="56">
         <v>0.14547553391501214</v>
       </c>
       <c r="BH36" s="60">
         <v>0.13518599205309048</v>
       </c>
       <c r="BI36" s="65">
         <v>0.10564392953834664</v>
       </c>
     </row>
     <row r="37" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A37" s="113" t="s">
+      <c r="A37" s="110" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="19">
         <v>0.18883180730808741</v>
       </c>
       <c r="C37" s="54">
         <v>0.17956839317051193</v>
       </c>
       <c r="D37" s="55">
         <v>0.17547170739652185</v>
       </c>
       <c r="E37" s="59">
         <v>0.11162317339517709</v>
       </c>
       <c r="F37" s="60">
         <v>9.7415480789569353E-2</v>
       </c>
       <c r="G37" s="59">
         <v>0.1175033264051344</v>
       </c>
       <c r="H37" s="56">
         <v>0.24278453597262251</v>
       </c>
       <c r="I37" s="60">
         <v>0.23227243405618261</v>
@@ -17482,236 +17545,290 @@
         <v>0.29004044497506937</v>
       </c>
       <c r="BC37" s="55">
         <v>0.28642530835458357</v>
       </c>
       <c r="BD37" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="BE37" s="60" t="e">
         <v>#N/A</v>
       </c>
       <c r="BF37" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="BG37" s="56" t="e">
         <v>#N/A</v>
       </c>
       <c r="BH37" s="60" t="e">
         <v>#N/A</v>
       </c>
       <c r="BI37" s="65" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="38" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A38" s="113" t="s">
+      <c r="A38" s="110" t="s">
         <v>69</v>
       </c>
-      <c r="B38" s="19" t="e">
-[...42 lines deleted...]
-        <v>#N/A</v>
+      <c r="B38" s="19">
+        <f>'Santa Fe'!B38/Argentina!B38</f>
+        <v>0.19289441234264337</v>
+      </c>
+      <c r="C38" s="54">
+        <f>'Santa Fe'!C38/Argentina!C38</f>
+        <v>0.19260095283256454</v>
+      </c>
+      <c r="D38" s="58">
+        <f>'Santa Fe'!D38/Argentina!D38</f>
+        <v>0.18880384305369774</v>
+      </c>
+      <c r="E38" s="20">
+        <f>'Santa Fe'!F38/Argentina!F38</f>
+        <v>8.464797055850834E-2</v>
+      </c>
+      <c r="F38" s="54">
+        <f>'Santa Fe'!G38/Argentina!G38</f>
+        <v>8.5839565062866982E-2</v>
+      </c>
+      <c r="G38" s="55">
+        <f>'Santa Fe'!H38/Argentina!H38</f>
+        <v>0.10097779205063942</v>
+      </c>
+      <c r="H38" s="56">
+        <f>'Santa Fe'!J38/Argentina!J38</f>
+        <v>0.22141799703519291</v>
+      </c>
+      <c r="I38" s="60">
+        <f>'Santa Fe'!K38/Argentina!K38</f>
+        <v>0.18169609542846743</v>
+      </c>
+      <c r="J38" s="55">
+        <f>'Santa Fe'!L38/Argentina!L38</f>
+        <v>0.20495767835550183</v>
+      </c>
+      <c r="K38" s="59">
+        <f>'Santa Fe'!N38/Argentina!N38</f>
+        <v>0</v>
+      </c>
+      <c r="L38" s="60">
+        <f>'Santa Fe'!O38/Argentina!O38</f>
+        <v>0</v>
+      </c>
+      <c r="M38" s="58">
+        <f>'Santa Fe'!P38/Argentina!P38</f>
+        <v>0</v>
+      </c>
+      <c r="N38" s="20">
+        <f>'Santa Fe'!R38/Argentina!R38</f>
+        <v>5.3301196678560855E-2</v>
+      </c>
+      <c r="O38" s="54">
+        <f>'Santa Fe'!S38/Argentina!S38</f>
+        <v>2.1999137024352095E-2</v>
+      </c>
+      <c r="P38" s="55">
+        <f>'Santa Fe'!T38/Argentina!T38</f>
+        <v>2.1692137813953322E-2</v>
       </c>
       <c r="Q38" s="59" t="e">
+        <f>'Santa Fe'!V38/Argentina!V38</f>
         <v>#N/A</v>
       </c>
       <c r="R38" s="60" t="e">
+        <f>'Santa Fe'!W38/Argentina!W38</f>
         <v>#N/A</v>
       </c>
       <c r="S38" s="59" t="e">
+        <f>'Santa Fe'!X38/Argentina!X38</f>
         <v>#N/A</v>
       </c>
       <c r="T38" s="56" t="e">
+        <f>'Santa Fe'!Z38/Argentina!Z38</f>
         <v>#N/A</v>
       </c>
       <c r="U38" s="60" t="e">
+        <f>'Santa Fe'!AA38/Argentina!AA38</f>
         <v>#N/A</v>
       </c>
       <c r="V38" s="55" t="e">
-        <v>#N/A</v>
-[...26 lines deleted...]
-        <v>#N/A</v>
+        <f>'Santa Fe'!AB38/Argentina!AB38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="W38" s="21">
+        <f>'Santa Fe'!AD38/Argentina!AD38</f>
+        <v>6.1052114728665976E-3</v>
+      </c>
+      <c r="X38" s="54">
+        <f>'Santa Fe'!AE38/Argentina!AE38</f>
+        <v>5.1251724817662136E-3</v>
+      </c>
+      <c r="Y38" s="55">
+        <f>'Santa Fe'!AF38/Argentina!AF38</f>
+        <v>1.5786932134764682E-3</v>
+      </c>
+      <c r="Z38" s="59">
+        <f>'Santa Fe'!AH38/Argentina!AH38</f>
+        <v>7.6826157770197596E-3</v>
+      </c>
+      <c r="AA38" s="60">
+        <f>'Santa Fe'!AI38/Argentina!AI38</f>
+        <v>7.881214337505122E-3</v>
+      </c>
+      <c r="AB38" s="59">
+        <f>'Santa Fe'!AJ38/Argentina!AJ38</f>
+        <v>9.1848731262858824E-3</v>
+      </c>
+      <c r="AC38" s="20">
+        <f>'Santa Fe'!AL38/Argentina!AL38</f>
+        <v>0.13862741742255691</v>
+      </c>
+      <c r="AD38" s="54">
+        <f>'Santa Fe'!AM38/Argentina!AM38</f>
+        <v>0.13862741742255691</v>
+      </c>
+      <c r="AE38" s="55">
+        <f>'Santa Fe'!AN38/Argentina!AN38</f>
+        <v>0.13571928391967525</v>
       </c>
       <c r="AF38" s="59" t="e">
+        <f>'Santa Fe'!AP38/Argentina!AP38</f>
         <v>#N/A</v>
       </c>
       <c r="AG38" s="60" t="e">
+        <f>'Santa Fe'!AQ38/Argentina!AQ38</f>
         <v>#N/A</v>
       </c>
       <c r="AH38" s="58" t="e">
-        <v>#N/A</v>
-[...62 lines deleted...]
-        <v>#N/A</v>
+        <f>'Santa Fe'!AR38/Argentina!AR38</f>
+        <v>#N/A</v>
+      </c>
+      <c r="AI38" s="20">
+        <f>'Santa Fe'!AS38/Argentina!AS38</f>
+        <v>0.1883428503473055</v>
+      </c>
+      <c r="AJ38" s="54">
+        <f>'Santa Fe'!AT38/Argentina!AT38</f>
+        <v>0.19262106307400076</v>
+      </c>
+      <c r="AK38" s="55">
+        <f>'Santa Fe'!AU38/Argentina!AU38</f>
+        <v>0.22430712973251304</v>
+      </c>
+      <c r="AL38" s="59">
+        <f>'Santa Fe'!AW38/Argentina!AW38</f>
+        <v>0.14158123991693608</v>
+      </c>
+      <c r="AM38" s="60">
+        <f>'Santa Fe'!AX38/Argentina!AX38</f>
+        <v>0.14229183222681793</v>
+      </c>
+      <c r="AN38" s="59">
+        <f>'Santa Fe'!AY38/Argentina!AY38</f>
+        <v>0.13584609472078601</v>
+      </c>
+      <c r="AO38" s="20">
+        <f>'Santa Fe'!BA38/Argentina!BA38</f>
+        <v>0</v>
+      </c>
+      <c r="AP38" s="54">
+        <f>'Santa Fe'!BB38/Argentina!BB38</f>
+        <v>0</v>
+      </c>
+      <c r="AQ38" s="55">
+        <f>'Santa Fe'!BC38/Argentina!BC38</f>
+        <v>0</v>
+      </c>
+      <c r="AR38" s="59">
+        <f>'Santa Fe'!BE38/Argentina!BE38</f>
+        <v>3.4281201520941079E-2</v>
+      </c>
+      <c r="AS38" s="60">
+        <f>'Santa Fe'!BF38/Argentina!BF38</f>
+        <v>3.4360158385758816E-2</v>
+      </c>
+      <c r="AT38" s="59">
+        <f>'Santa Fe'!BG38/Argentina!BG38</f>
+        <v>2.8277951763351621E-2</v>
+      </c>
+      <c r="AU38" s="20">
+        <f>'Santa Fe'!BI38/Argentina!BI38</f>
+        <v>0.13221612086380061</v>
+      </c>
+      <c r="AV38" s="54">
+        <f>'Santa Fe'!BJ38/Argentina!BJ38</f>
+        <v>0.13336585925840891</v>
+      </c>
+      <c r="AW38" s="55">
+        <f>'Santa Fe'!BK38/Argentina!BK38</f>
+        <v>0.10884050771681598</v>
+      </c>
+      <c r="AX38" s="59">
+        <f>'Santa Fe'!BM38/Argentina!BM38</f>
+        <v>0</v>
+      </c>
+      <c r="AY38" s="60">
+        <f>'Santa Fe'!BN38/Argentina!BN38</f>
+        <v>0</v>
+      </c>
+      <c r="AZ38" s="58">
+        <f>'Santa Fe'!BO38/Argentina!BO38</f>
+        <v>0</v>
+      </c>
+      <c r="BA38" s="20">
+        <f>'Santa Fe'!BQ38/Argentina!BQ38</f>
+        <v>0.34495039430170438</v>
+      </c>
+      <c r="BB38" s="54">
+        <f>'Santa Fe'!BR38/Argentina!BR38</f>
+        <v>0.36732954317006683</v>
+      </c>
+      <c r="BC38" s="55">
+        <f>'Santa Fe'!BS38/Argentina!BS38</f>
+        <v>0.37298470310792553</v>
       </c>
       <c r="BD38" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="BE38" s="60" t="e">
         <v>#N/A</v>
       </c>
       <c r="BF38" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="BG38" s="56" t="e">
         <v>#N/A</v>
       </c>
       <c r="BH38" s="60" t="e">
         <v>#N/A</v>
       </c>
       <c r="BI38" s="65" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="39" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A39" s="113" t="s">
+      <c r="A39" s="110" t="s">
         <v>70</v>
       </c>
       <c r="B39" s="19" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="54" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="55" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="60" t="e">
         <v>#N/A</v>
       </c>
       <c r="G39" s="59" t="e">
         <v>#N/A</v>
       </c>
       <c r="H39" s="56" t="e">
         <v>#N/A</v>
       </c>
       <c r="I39" s="60" t="e">
         <v>#N/A</v>
@@ -17872,71 +17989,74 @@
       <c r="BI39" s="65" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="42" spans="1:78" x14ac:dyDescent="0.25">
       <c r="BJ42" s="10"/>
       <c r="BK42" s="10"/>
       <c r="BL42" s="10"/>
       <c r="BM42" s="10"/>
       <c r="BN42" s="10"/>
       <c r="BO42" s="10"/>
       <c r="BP42" s="10"/>
       <c r="BT42" s="10"/>
       <c r="BU42" s="10"/>
       <c r="BV42" s="10"/>
       <c r="BW42" s="10"/>
       <c r="BX42" s="10"/>
       <c r="BY42" s="10"/>
       <c r="BZ42" s="10"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" location="Portada!A1" display="VOLVER AL INDICE" xr:uid="{E453E043-5EAD-44F4-9841-CDB9A7F3EE09}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="Q38 R38:S38 AF38" evalError="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:CA40"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="BF10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="AV19" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="BF3" sqref="BF3"/>
+      <selection pane="bottomRight" activeCell="AZ39" sqref="AZ39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="78" width="11.42578125" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:78" ht="7.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="147"/>
+      <c r="A1" s="144"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
@@ -17972,51 +18092,51 @@
       <c r="BD1" s="35"/>
       <c r="BE1" s="1"/>
       <c r="BF1" s="1"/>
       <c r="BG1" s="1"/>
       <c r="BH1" s="35"/>
       <c r="BI1" s="1"/>
       <c r="BJ1" s="1"/>
       <c r="BK1" s="1"/>
       <c r="BL1" s="35"/>
       <c r="BM1" s="1"/>
       <c r="BN1" s="1"/>
       <c r="BO1" s="1"/>
       <c r="BP1" s="35"/>
       <c r="BQ1" s="1"/>
       <c r="BR1" s="1"/>
       <c r="BS1" s="1"/>
       <c r="BT1" s="35"/>
       <c r="BU1" s="35"/>
       <c r="BV1" s="35"/>
       <c r="BW1" s="36"/>
       <c r="BX1" s="35"/>
       <c r="BY1" s="35"/>
       <c r="BZ1" s="36"/>
     </row>
     <row r="2" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A2" s="152" t="s">
+      <c r="A2" s="149" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
@@ -18060,51 +18180,51 @@
       <c r="BD2" s="3"/>
       <c r="BE2" s="3"/>
       <c r="BF2" s="3"/>
       <c r="BG2" s="33"/>
       <c r="BH2" s="3"/>
       <c r="BI2" s="3"/>
       <c r="BJ2" s="3"/>
       <c r="BK2" s="33"/>
       <c r="BL2" s="3"/>
       <c r="BM2" s="3"/>
       <c r="BN2" s="3"/>
       <c r="BO2" s="33"/>
       <c r="BP2" s="3"/>
       <c r="BQ2" s="3"/>
       <c r="BR2" s="3"/>
       <c r="BS2" s="33"/>
       <c r="BT2" s="3"/>
       <c r="BU2" s="3"/>
       <c r="BV2" s="3"/>
       <c r="BW2" s="36"/>
       <c r="BX2" s="3"/>
       <c r="BY2" s="3"/>
       <c r="BZ2" s="46"/>
     </row>
     <row r="3" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A3" s="152" t="s">
+      <c r="A3" s="149" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
@@ -18126,75 +18246,75 @@
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
       <c r="AO3" s="3"/>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="3"/>
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="33"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="BB3" s="3"/>
       <c r="BC3" s="33"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="BG3" s="33"/>
       <c r="BH3" s="3"/>
       <c r="BI3" s="3"/>
       <c r="BJ3" s="3"/>
       <c r="BK3" s="33"/>
       <c r="BL3" s="3"/>
       <c r="BM3" s="3"/>
       <c r="BN3" s="3"/>
       <c r="BO3" s="33"/>
       <c r="BP3" s="3"/>
       <c r="BQ3" s="3"/>
       <c r="BR3" s="3"/>
       <c r="BS3" s="33"/>
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="37"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="46"/>
     </row>
     <row r="4" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A4" s="152" t="s">
+      <c r="A4" s="149" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
@@ -18272,51 +18392,51 @@
       <c r="BL4" s="4"/>
       <c r="BM4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="BN4" s="4"/>
       <c r="BO4" s="16"/>
       <c r="BP4" s="4"/>
       <c r="BQ4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="BR4" s="4"/>
       <c r="BS4" s="16"/>
       <c r="BT4" s="4"/>
       <c r="BU4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="BV4" s="4"/>
       <c r="BW4" s="4"/>
       <c r="BX4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="BY4" s="4"/>
       <c r="BZ4" s="13"/>
     </row>
     <row r="5" spans="1:78" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A5" s="153" t="s">
+      <c r="A5" s="150" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>36</v>
@@ -18508,51 +18628,51 @@
         <v>35</v>
       </c>
       <c r="BT5" s="44" t="s">
         <v>36</v>
       </c>
       <c r="BU5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BV5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="BW5" s="43" t="s">
         <v>35</v>
       </c>
       <c r="BX5" s="17" t="s">
         <v>33</v>
       </c>
       <c r="BY5" s="42" t="s">
         <v>34</v>
       </c>
       <c r="BZ5" s="47" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:78" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="152"/>
+      <c r="A6" s="149"/>
       <c r="B6" s="5"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="7"/>
       <c r="F6" s="5"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="7"/>
       <c r="J6" s="5"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="7"/>
       <c r="N6" s="5"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="5"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="7"/>
       <c r="V6" s="5"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="5"/>
@@ -18588,51 +18708,51 @@
       <c r="BD6" s="37"/>
       <c r="BE6" s="5"/>
       <c r="BF6" s="6"/>
       <c r="BG6" s="6"/>
       <c r="BH6" s="37"/>
       <c r="BI6" s="5"/>
       <c r="BJ6" s="6"/>
       <c r="BK6" s="6"/>
       <c r="BL6" s="37"/>
       <c r="BM6" s="5"/>
       <c r="BN6" s="6"/>
       <c r="BO6" s="6"/>
       <c r="BP6" s="37"/>
       <c r="BQ6" s="5"/>
       <c r="BR6" s="6"/>
       <c r="BS6" s="6"/>
       <c r="BT6" s="37"/>
       <c r="BU6" s="37"/>
       <c r="BV6" s="37"/>
       <c r="BW6" s="37"/>
       <c r="BX6" s="37"/>
       <c r="BY6" s="37"/>
       <c r="BZ6" s="46"/>
     </row>
     <row r="7" spans="1:78" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="152" t="s">
+      <c r="A7" s="149" t="s">
         <v>37</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="41" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="41" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>40</v>
@@ -18824,51 +18944,51 @@
         <v>39</v>
       </c>
       <c r="BT7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="BU7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BV7" s="41" t="s">
         <v>38</v>
       </c>
       <c r="BW7" s="45" t="s">
         <v>39</v>
       </c>
       <c r="BX7" s="12" t="s">
         <v>38</v>
       </c>
       <c r="BY7" s="18" t="s">
         <v>38</v>
       </c>
       <c r="BZ7" s="48" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:78" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="154"/>
+      <c r="A8" s="151"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="9"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="9"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="9"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="9"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="8"/>
@@ -18904,373 +19024,373 @@
       <c r="BD8" s="38"/>
       <c r="BE8" s="8"/>
       <c r="BF8" s="8"/>
       <c r="BG8" s="8"/>
       <c r="BH8" s="38"/>
       <c r="BI8" s="8"/>
       <c r="BJ8" s="8"/>
       <c r="BK8" s="8"/>
       <c r="BL8" s="38"/>
       <c r="BM8" s="8"/>
       <c r="BN8" s="8"/>
       <c r="BO8" s="8"/>
       <c r="BP8" s="38"/>
       <c r="BQ8" s="8"/>
       <c r="BR8" s="8"/>
       <c r="BS8" s="8"/>
       <c r="BT8" s="38"/>
       <c r="BU8" s="38"/>
       <c r="BV8" s="38"/>
       <c r="BW8" s="38"/>
       <c r="BX8" s="38"/>
       <c r="BY8" s="38"/>
       <c r="BZ8" s="49"/>
     </row>
     <row r="9" spans="1:78" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="155"/>
-[...76 lines deleted...]
-      <c r="BZ9" s="90"/>
+      <c r="A9" s="152"/>
+      <c r="B9" s="84"/>
+      <c r="C9" s="84"/>
+      <c r="D9" s="84"/>
+      <c r="E9" s="85"/>
+      <c r="F9" s="84"/>
+      <c r="G9" s="84"/>
+      <c r="H9" s="84"/>
+      <c r="I9" s="85"/>
+      <c r="J9" s="84"/>
+      <c r="K9" s="84"/>
+      <c r="L9" s="84"/>
+      <c r="M9" s="85"/>
+      <c r="N9" s="84"/>
+      <c r="O9" s="84"/>
+      <c r="P9" s="84"/>
+      <c r="Q9" s="85"/>
+      <c r="R9" s="84"/>
+      <c r="S9" s="84"/>
+      <c r="T9" s="84"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="84"/>
+      <c r="W9" s="84"/>
+      <c r="X9" s="84"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="84"/>
+      <c r="AA9" s="84"/>
+      <c r="AB9" s="84"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="84"/>
+      <c r="AE9" s="84"/>
+      <c r="AF9" s="84"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="84"/>
+      <c r="AI9" s="84"/>
+      <c r="AJ9" s="84"/>
+      <c r="AK9" s="85"/>
+      <c r="AL9" s="84"/>
+      <c r="AM9" s="84"/>
+      <c r="AN9" s="84"/>
+      <c r="AO9" s="85"/>
+      <c r="AP9" s="86"/>
+      <c r="AQ9" s="86"/>
+      <c r="AR9" s="86"/>
+      <c r="AS9" s="84"/>
+      <c r="AT9" s="84"/>
+      <c r="AU9" s="84"/>
+      <c r="AV9" s="85"/>
+      <c r="AW9" s="84"/>
+      <c r="AX9" s="84"/>
+      <c r="AY9" s="84"/>
+      <c r="AZ9" s="86"/>
+      <c r="BA9" s="84"/>
+      <c r="BB9" s="84"/>
+      <c r="BC9" s="84"/>
+      <c r="BD9" s="86"/>
+      <c r="BE9" s="84"/>
+      <c r="BF9" s="84"/>
+      <c r="BG9" s="84"/>
+      <c r="BH9" s="86"/>
+      <c r="BI9" s="84"/>
+      <c r="BJ9" s="84"/>
+      <c r="BK9" s="84"/>
+      <c r="BL9" s="86"/>
+      <c r="BM9" s="84"/>
+      <c r="BN9" s="84"/>
+      <c r="BO9" s="84"/>
+      <c r="BP9" s="86"/>
+      <c r="BQ9" s="84"/>
+      <c r="BR9" s="84"/>
+      <c r="BS9" s="84"/>
+      <c r="BT9" s="86"/>
+      <c r="BU9" s="86"/>
+      <c r="BV9" s="86"/>
+      <c r="BW9" s="86"/>
+      <c r="BX9" s="86"/>
+      <c r="BY9" s="86"/>
+      <c r="BZ9" s="87"/>
     </row>
     <row r="10" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A10" s="156" t="s">
+      <c r="A10" s="153" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="91">
+      <c r="B10" s="88">
         <v>7366850</v>
       </c>
-      <c r="C10" s="92">
+      <c r="C10" s="89">
         <v>7099510</v>
       </c>
-      <c r="D10" s="92">
+      <c r="D10" s="89">
         <v>15913600</v>
       </c>
-      <c r="E10" s="93">
+      <c r="E10" s="90">
         <v>2.2415068082163416</v>
       </c>
-      <c r="F10" s="94">
+      <c r="F10" s="91">
         <v>4153400</v>
       </c>
-      <c r="G10" s="92">
+      <c r="G10" s="89">
         <v>3410385</v>
       </c>
-      <c r="H10" s="92">
+      <c r="H10" s="89">
         <v>15536820</v>
       </c>
-      <c r="I10" s="93">
+      <c r="I10" s="90">
         <v>4.5557378419152093</v>
       </c>
-      <c r="J10" s="94">
+      <c r="J10" s="91">
         <v>804450</v>
       </c>
-      <c r="K10" s="92">
+      <c r="K10" s="89">
         <v>678250</v>
       </c>
-      <c r="L10" s="92">
+      <c r="L10" s="89">
         <v>2499000</v>
       </c>
-      <c r="M10" s="93">
+      <c r="M10" s="90">
         <v>3.6844821231109472</v>
       </c>
-      <c r="N10" s="94">
+      <c r="N10" s="91">
         <v>121310</v>
       </c>
-      <c r="O10" s="92">
+      <c r="O10" s="89">
         <v>43120</v>
       </c>
-      <c r="P10" s="92">
+      <c r="P10" s="89">
         <v>44224</v>
       </c>
-      <c r="Q10" s="93">
+      <c r="Q10" s="90">
         <v>1.0256029684601113</v>
       </c>
-      <c r="R10" s="94">
+      <c r="R10" s="91">
         <v>1870180</v>
       </c>
-      <c r="S10" s="92">
+      <c r="S10" s="89">
         <v>246480</v>
       </c>
-      <c r="T10" s="92">
+      <c r="T10" s="89">
         <v>309500</v>
       </c>
-      <c r="U10" s="93">
+      <c r="U10" s="90">
         <v>1.2556799740344045</v>
       </c>
-      <c r="V10" s="94">
+      <c r="V10" s="91">
         <v>278100</v>
       </c>
-      <c r="W10" s="92">
+      <c r="W10" s="89">
         <v>246430</v>
       </c>
-      <c r="X10" s="92">
+      <c r="X10" s="89">
         <v>532700</v>
       </c>
-      <c r="Y10" s="93">
+      <c r="Y10" s="90">
         <v>2.1616686280079538</v>
       </c>
-      <c r="Z10" s="94">
+      <c r="Z10" s="91">
         <v>28750</v>
       </c>
-      <c r="AA10" s="92">
+      <c r="AA10" s="89">
         <v>3430</v>
       </c>
-      <c r="AB10" s="92">
+      <c r="AB10" s="89">
         <v>3743</v>
       </c>
-      <c r="AC10" s="93">
+      <c r="AC10" s="90">
         <v>1.0912536443148688</v>
       </c>
-      <c r="AD10" s="94">
+      <c r="AD10" s="91">
         <v>380200</v>
       </c>
-      <c r="AE10" s="92">
+      <c r="AE10" s="89">
         <v>42600</v>
       </c>
-      <c r="AF10" s="92">
+      <c r="AF10" s="89">
         <v>36340</v>
       </c>
-      <c r="AG10" s="93">
+      <c r="AG10" s="90">
         <v>0.85305164319248827</v>
       </c>
-      <c r="AH10" s="94">
+      <c r="AH10" s="91">
         <v>24645</v>
       </c>
-      <c r="AI10" s="92">
+      <c r="AI10" s="89">
         <v>23985</v>
       </c>
-      <c r="AJ10" s="92">
+      <c r="AJ10" s="89">
         <v>24976</v>
       </c>
-      <c r="AK10" s="93">
+      <c r="AK10" s="90">
         <v>1.0413174900979778</v>
       </c>
-      <c r="AL10" s="94">
+      <c r="AL10" s="91">
         <v>226573</v>
       </c>
-      <c r="AM10" s="92">
+      <c r="AM10" s="89">
         <v>224408</v>
       </c>
-      <c r="AN10" s="92">
+      <c r="AN10" s="89">
         <v>1205140</v>
       </c>
-      <c r="AO10" s="93">
+      <c r="AO10" s="90">
         <v>5.3703076539160817</v>
       </c>
-      <c r="AP10" s="98">
+      <c r="AP10" s="95">
         <v>15254458</v>
       </c>
-      <c r="AQ10" s="99">
+      <c r="AQ10" s="96">
         <v>12018598</v>
       </c>
-      <c r="AR10" s="157">
+      <c r="AR10" s="154">
         <v>36106043</v>
       </c>
-      <c r="AS10" s="97">
+      <c r="AS10" s="94">
         <v>6669500</v>
       </c>
-      <c r="AT10" s="92">
+      <c r="AT10" s="89">
         <v>6393780</v>
       </c>
-      <c r="AU10" s="92">
+      <c r="AU10" s="89">
         <v>11004890</v>
       </c>
-      <c r="AV10" s="93">
+      <c r="AV10" s="90">
         <v>1.7211868409610591</v>
       </c>
-      <c r="AW10" s="95">
+      <c r="AW10" s="92">
         <v>3119750</v>
       </c>
-      <c r="AX10" s="92">
+      <c r="AX10" s="89">
         <v>3007470</v>
       </c>
-      <c r="AY10" s="93">
+      <c r="AY10" s="90">
         <v>5450000</v>
       </c>
-      <c r="AZ10" s="158">
+      <c r="AZ10" s="155">
         <v>1.8121544022051759</v>
       </c>
-      <c r="BA10" s="97">
+      <c r="BA10" s="94">
         <v>93530</v>
       </c>
-      <c r="BB10" s="92">
+      <c r="BB10" s="89">
         <v>88740</v>
       </c>
-      <c r="BC10" s="93">
+      <c r="BC10" s="90">
         <v>71707</v>
       </c>
-      <c r="BD10" s="158">
+      <c r="BD10" s="155">
         <v>0.80805724588686045</v>
       </c>
-      <c r="BE10" s="97">
+      <c r="BE10" s="94">
         <v>328520</v>
       </c>
-      <c r="BF10" s="92">
+      <c r="BF10" s="89">
         <v>298070</v>
       </c>
-      <c r="BG10" s="93">
+      <c r="BG10" s="90">
         <v>280856</v>
       </c>
-      <c r="BH10" s="158">
+      <c r="BH10" s="155">
         <v>0.94224846512564164</v>
       </c>
-      <c r="BI10" s="97">
-[...11 lines deleted...]
-      <c r="BM10" s="97">
+      <c r="BI10" s="94">
+        <v>0</v>
+      </c>
+      <c r="BJ10" s="89">
+        <v>0</v>
+      </c>
+      <c r="BK10" s="90">
+        <v>0</v>
+      </c>
+      <c r="BL10" s="155">
+        <v>0</v>
+      </c>
+      <c r="BM10" s="94">
         <v>21500</v>
       </c>
-      <c r="BN10" s="92">
+      <c r="BN10" s="89">
         <v>19800</v>
       </c>
-      <c r="BO10" s="93">
+      <c r="BO10" s="90">
         <v>13300</v>
       </c>
-      <c r="BP10" s="158">
+      <c r="BP10" s="155">
         <v>0.67171717171717171</v>
       </c>
-      <c r="BQ10" s="97">
+      <c r="BQ10" s="94">
         <v>955560</v>
       </c>
-      <c r="BR10" s="92">
+      <c r="BR10" s="89">
         <v>887140</v>
       </c>
-      <c r="BS10" s="93">
+      <c r="BS10" s="90">
         <v>1029866</v>
       </c>
-      <c r="BT10" s="93">
+      <c r="BT10" s="90">
         <v>1.160883287868882</v>
       </c>
-      <c r="BU10" s="164">
+      <c r="BU10" s="161">
         <f t="shared" ref="BU10:BU16" si="0">SUM(BQ10,BM10,BI10,BE10,BA10,AW10,AS10)</f>
         <v>11188360</v>
       </c>
-      <c r="BV10" s="160">
+      <c r="BV10" s="157">
         <f t="shared" ref="BV10:BV16" si="1">SUM(BR10,BN10,BJ10,BF10,BB10,AX10,AT10)</f>
         <v>10695000</v>
       </c>
-      <c r="BW10" s="161">
+      <c r="BW10" s="158">
         <f t="shared" ref="BW10:BW16" si="2">SUM(BS10,BO10,BK10,BG10,BC10,AY10,AU10)</f>
         <v>17850619</v>
       </c>
-      <c r="BX10" s="159">
+      <c r="BX10" s="156">
         <f t="shared" ref="BX10:BX16" si="3">BU10+AP10</f>
         <v>26442818</v>
       </c>
-      <c r="BY10" s="160">
+      <c r="BY10" s="157">
         <f t="shared" ref="BY10:BY16" si="4">BV10+AQ10</f>
         <v>22713598</v>
       </c>
-      <c r="BZ10" s="162">
+      <c r="BZ10" s="159">
         <f t="shared" ref="BZ10:BZ16" si="5">BW10+AR10</f>
         <v>53956662</v>
       </c>
     </row>
     <row r="11" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A11" s="135" t="s">
+      <c r="A11" s="132" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="28">
         <v>5918665</v>
       </c>
       <c r="C11" s="30">
         <v>5701815</v>
       </c>
       <c r="D11" s="30">
         <v>14800230</v>
       </c>
       <c r="E11" s="32">
         <v>2.5957050518124491</v>
       </c>
       <c r="F11" s="31">
         <v>3751630</v>
       </c>
       <c r="G11" s="30">
         <v>3185390</v>
       </c>
       <c r="H11" s="30">
         <v>19360656</v>
       </c>
       <c r="I11" s="32">
         <v>6.0779546617525639</v>
@@ -19442,77 +19562,77 @@
       </c>
       <c r="BM11" s="31">
         <v>27000</v>
       </c>
       <c r="BN11" s="30">
         <v>27000</v>
       </c>
       <c r="BO11" s="34">
         <v>24600</v>
       </c>
       <c r="BP11" s="67">
         <v>0.91111111111111109</v>
       </c>
       <c r="BQ11" s="31">
         <v>1133500</v>
       </c>
       <c r="BR11" s="30">
         <v>877880</v>
       </c>
       <c r="BS11" s="34">
         <v>987210</v>
       </c>
       <c r="BT11" s="67">
         <v>1.1245386613204538</v>
       </c>
-      <c r="BU11" s="130">
+      <c r="BU11" s="127">
         <f t="shared" si="0"/>
         <v>12371760</v>
       </c>
-      <c r="BV11" s="131">
+      <c r="BV11" s="128">
         <f t="shared" si="1"/>
         <v>11682670</v>
       </c>
-      <c r="BW11" s="132">
+      <c r="BW11" s="129">
         <f t="shared" si="2"/>
         <v>26048878</v>
       </c>
-      <c r="BX11" s="130">
+      <c r="BX11" s="127">
         <f t="shared" si="3"/>
         <v>25826475</v>
       </c>
-      <c r="BY11" s="131">
+      <c r="BY11" s="128">
         <f t="shared" si="4"/>
         <v>22300425</v>
       </c>
-      <c r="BZ11" s="163">
+      <c r="BZ11" s="160">
         <f t="shared" si="5"/>
         <v>66558542</v>
       </c>
     </row>
     <row r="12" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A12" s="135" t="s">
+      <c r="A12" s="132" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="28">
         <v>5453250</v>
       </c>
       <c r="C12" s="30">
         <v>5399080</v>
       </c>
       <c r="D12" s="30">
         <v>12443000</v>
       </c>
       <c r="E12" s="32">
         <v>2.30465190365766</v>
       </c>
       <c r="F12" s="31">
         <v>3270250</v>
       </c>
       <c r="G12" s="30">
         <v>2514650</v>
       </c>
       <c r="H12" s="30">
         <v>13504100</v>
       </c>
       <c r="I12" s="32">
         <v>5.3701707991171732</v>
@@ -19684,77 +19804,77 @@
       </c>
       <c r="BM12" s="31">
         <v>15300</v>
       </c>
       <c r="BN12" s="30">
         <v>14900</v>
       </c>
       <c r="BO12" s="34">
         <v>9550</v>
       </c>
       <c r="BP12" s="67">
         <v>0.64093959731543626</v>
       </c>
       <c r="BQ12" s="31">
         <v>750930</v>
       </c>
       <c r="BR12" s="30">
         <v>639690</v>
       </c>
       <c r="BS12" s="34">
         <v>617541</v>
       </c>
       <c r="BT12" s="67">
         <v>0.96537541621723022</v>
       </c>
-      <c r="BU12" s="130">
+      <c r="BU12" s="127">
         <f t="shared" si="0"/>
         <v>13851155</v>
       </c>
-      <c r="BV12" s="131">
+      <c r="BV12" s="128">
         <f t="shared" si="1"/>
         <v>13335915</v>
       </c>
-      <c r="BW12" s="132">
+      <c r="BW12" s="129">
         <f t="shared" si="2"/>
         <v>28180311</v>
       </c>
-      <c r="BX12" s="130">
+      <c r="BX12" s="127">
         <f t="shared" si="3"/>
         <v>26296865</v>
       </c>
-      <c r="BY12" s="131">
+      <c r="BY12" s="128">
         <f t="shared" si="4"/>
         <v>22844970</v>
       </c>
-      <c r="BZ12" s="163">
+      <c r="BZ12" s="160">
         <f t="shared" si="5"/>
         <v>60064981</v>
       </c>
     </row>
     <row r="13" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A13" s="135" t="s">
+      <c r="A13" s="132" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="28">
         <v>6300000</v>
       </c>
       <c r="C13" s="30">
         <v>6153440</v>
       </c>
       <c r="D13" s="30">
         <v>15302560</v>
       </c>
       <c r="E13" s="32">
         <v>2.4868301307886322</v>
       </c>
       <c r="F13" s="31">
         <v>3651900</v>
       </c>
       <c r="G13" s="30">
         <v>3088715</v>
       </c>
       <c r="H13" s="30">
         <v>16780700</v>
       </c>
       <c r="I13" s="32">
         <v>5.4329065647040924</v>
@@ -19926,77 +20046,77 @@
       </c>
       <c r="BM13" s="31">
         <v>39700</v>
       </c>
       <c r="BN13" s="30">
         <v>34400</v>
       </c>
       <c r="BO13" s="34">
         <v>30900</v>
       </c>
       <c r="BP13" s="67">
         <v>0.89825581395348841</v>
       </c>
       <c r="BQ13" s="31">
         <v>345950</v>
       </c>
       <c r="BR13" s="30">
         <v>332090</v>
       </c>
       <c r="BS13" s="34">
         <v>417680</v>
       </c>
       <c r="BT13" s="67">
         <v>1.257731337890331</v>
       </c>
-      <c r="BU13" s="130">
+      <c r="BU13" s="127">
         <f t="shared" si="0"/>
         <v>13054715</v>
       </c>
-      <c r="BV13" s="131">
+      <c r="BV13" s="128">
         <f t="shared" si="1"/>
         <v>12771973</v>
       </c>
-      <c r="BW13" s="132">
+      <c r="BW13" s="129">
         <f t="shared" si="2"/>
         <v>27197367</v>
       </c>
-      <c r="BX13" s="130">
+      <c r="BX13" s="127">
         <f t="shared" si="3"/>
         <v>26442055</v>
       </c>
-      <c r="BY13" s="131">
+      <c r="BY13" s="128">
         <f t="shared" si="4"/>
         <v>23593076</v>
       </c>
-      <c r="BZ13" s="163">
+      <c r="BZ13" s="160">
         <f t="shared" si="5"/>
         <v>64692976</v>
       </c>
     </row>
     <row r="14" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A14" s="135" t="s">
+      <c r="A14" s="132" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="28">
         <v>6496600</v>
       </c>
       <c r="C14" s="30">
         <v>6408045</v>
       </c>
       <c r="D14" s="30">
         <v>15959352</v>
       </c>
       <c r="E14" s="32">
         <v>2.4905180909310092</v>
       </c>
       <c r="F14" s="31">
         <v>3494500</v>
       </c>
       <c r="G14" s="30">
         <v>2815480</v>
       </c>
       <c r="H14" s="30">
         <v>15359350</v>
       </c>
       <c r="I14" s="32">
         <v>5.4553220054839668</v>
@@ -20168,77 +20288,77 @@
       </c>
       <c r="BM14" s="31">
         <v>58400</v>
       </c>
       <c r="BN14" s="30">
         <v>53400</v>
       </c>
       <c r="BO14" s="34">
         <v>47300</v>
       </c>
       <c r="BP14" s="67">
         <v>0.88576779026217234</v>
       </c>
       <c r="BQ14" s="31">
         <v>410905</v>
       </c>
       <c r="BR14" s="30">
         <v>388153</v>
       </c>
       <c r="BS14" s="34">
         <v>509405</v>
       </c>
       <c r="BT14" s="67">
         <v>1.3123819730879318</v>
       </c>
-      <c r="BU14" s="130">
+      <c r="BU14" s="127">
         <f t="shared" si="0"/>
         <v>13399190</v>
       </c>
-      <c r="BV14" s="131">
+      <c r="BV14" s="128">
         <f t="shared" si="1"/>
         <v>13033591</v>
       </c>
-      <c r="BW14" s="132">
+      <c r="BW14" s="129">
         <f t="shared" si="2"/>
         <v>31049081</v>
       </c>
-      <c r="BX14" s="130">
+      <c r="BX14" s="127">
         <f t="shared" si="3"/>
         <v>26662172</v>
       </c>
-      <c r="BY14" s="131">
+      <c r="BY14" s="128">
         <f t="shared" si="4"/>
         <v>23732635</v>
       </c>
-      <c r="BZ14" s="163">
+      <c r="BZ14" s="160">
         <f t="shared" si="5"/>
         <v>67696596</v>
       </c>
     </row>
     <row r="15" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A15" s="135" t="s">
+      <c r="A15" s="132" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="28">
         <v>7108900</v>
       </c>
       <c r="C15" s="30">
         <v>6840720</v>
       </c>
       <c r="D15" s="30">
         <v>15291660</v>
       </c>
       <c r="E15" s="32">
         <v>2.2353875030698522</v>
       </c>
       <c r="F15" s="31">
         <v>3061661</v>
       </c>
       <c r="G15" s="30">
         <v>2420124</v>
       </c>
       <c r="H15" s="30">
         <v>14712080</v>
       </c>
       <c r="I15" s="32">
         <v>6.0790604117805538</v>
@@ -20410,77 +20530,77 @@
       </c>
       <c r="BM15" s="31">
         <v>33000</v>
       </c>
       <c r="BN15" s="30">
         <v>29500</v>
       </c>
       <c r="BO15" s="34">
         <v>23500</v>
       </c>
       <c r="BP15" s="67">
         <v>0.79661016949152541</v>
       </c>
       <c r="BQ15" s="31">
         <v>174043</v>
       </c>
       <c r="BR15" s="30">
         <v>164731</v>
       </c>
       <c r="BS15" s="34">
         <v>218158</v>
       </c>
       <c r="BT15" s="67">
         <v>1.3243287541507063</v>
       </c>
-      <c r="BU15" s="130">
+      <c r="BU15" s="127">
         <f t="shared" si="0"/>
         <v>14141068</v>
       </c>
-      <c r="BV15" s="131">
+      <c r="BV15" s="128">
         <f t="shared" si="1"/>
         <v>13858453</v>
       </c>
-      <c r="BW15" s="132">
+      <c r="BW15" s="129">
         <f t="shared" si="2"/>
         <v>34464957</v>
       </c>
-      <c r="BX15" s="130">
+      <c r="BX15" s="127">
         <f t="shared" si="3"/>
         <v>27257069</v>
       </c>
-      <c r="BY15" s="131">
+      <c r="BY15" s="128">
         <f t="shared" si="4"/>
         <v>24487043</v>
       </c>
-      <c r="BZ15" s="163">
+      <c r="BZ15" s="160">
         <f t="shared" si="5"/>
         <v>69331282</v>
       </c>
     </row>
     <row r="16" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A16" s="112" t="s">
+      <c r="A16" s="109" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="28">
         <v>6300210</v>
       </c>
       <c r="C16" s="30">
         <v>6050210</v>
       </c>
       <c r="D16" s="30">
         <v>12301442</v>
       </c>
       <c r="E16" s="32">
         <v>2.0332256235733968</v>
       </c>
       <c r="F16" s="31">
         <v>3084374</v>
       </c>
       <c r="G16" s="30">
         <v>2322857</v>
       </c>
       <c r="H16" s="30">
         <v>15044529</v>
       </c>
       <c r="I16" s="32">
         <v>6.4767349001681982</v>
@@ -20652,77 +20772,77 @@
       </c>
       <c r="BM16" s="31">
         <v>23000</v>
       </c>
       <c r="BN16" s="30">
         <v>22000</v>
       </c>
       <c r="BO16" s="34">
         <v>13300</v>
       </c>
       <c r="BP16" s="67">
         <v>0.6045454545454545</v>
       </c>
       <c r="BQ16" s="31">
         <v>158209</v>
       </c>
       <c r="BR16" s="30">
         <v>145723</v>
       </c>
       <c r="BS16" s="34">
         <v>201506</v>
       </c>
       <c r="BT16" s="67">
         <v>1.3828016167660562</v>
       </c>
-      <c r="BU16" s="130">
+      <c r="BU16" s="127">
         <f t="shared" si="0"/>
         <v>15344880</v>
       </c>
-      <c r="BV16" s="131">
+      <c r="BV16" s="128">
         <f t="shared" si="1"/>
         <v>15090134</v>
       </c>
-      <c r="BW16" s="132">
+      <c r="BW16" s="129">
         <f t="shared" si="2"/>
         <v>38989956</v>
       </c>
-      <c r="BX16" s="130">
+      <c r="BX16" s="127">
         <f t="shared" si="3"/>
         <v>27520862</v>
       </c>
-      <c r="BY16" s="131">
+      <c r="BY16" s="128">
         <f t="shared" si="4"/>
         <v>24759521</v>
       </c>
-      <c r="BZ16" s="163">
+      <c r="BZ16" s="160">
         <f t="shared" si="5"/>
         <v>70894893</v>
       </c>
     </row>
     <row r="17" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A17" s="112" t="s">
+      <c r="A17" s="109" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="28">
         <v>6039857</v>
       </c>
       <c r="C17" s="30">
         <v>5735292</v>
       </c>
       <c r="D17" s="30">
         <v>14562955</v>
       </c>
       <c r="E17" s="32">
         <v>2.5391828349803287</v>
       </c>
       <c r="F17" s="31">
         <v>2988400</v>
       </c>
       <c r="G17" s="30">
         <v>2338602</v>
       </c>
       <c r="H17" s="30">
         <v>14950825</v>
       </c>
       <c r="I17" s="32">
         <v>6.3930608970658538</v>
@@ -20894,77 +21014,77 @@
       </c>
       <c r="BM17" s="31">
         <v>30400</v>
       </c>
       <c r="BN17" s="30">
         <v>30400</v>
       </c>
       <c r="BO17" s="34">
         <v>18000</v>
       </c>
       <c r="BP17" s="67">
         <v>0.59210526315789469</v>
       </c>
       <c r="BQ17" s="31">
         <v>266387</v>
       </c>
       <c r="BR17" s="30">
         <v>254913</v>
       </c>
       <c r="BS17" s="34">
         <v>353799</v>
       </c>
       <c r="BT17" s="67">
         <v>1.387920584670064</v>
       </c>
-      <c r="BU17" s="130">
+      <c r="BU17" s="127">
         <f t="shared" ref="BU17:BU36" si="6">SUM(BQ17,BM17,BI17,BE17,BA17,AW17,AS17)</f>
         <v>16888874</v>
       </c>
-      <c r="BV17" s="131">
+      <c r="BV17" s="128">
         <f t="shared" ref="BV17:BV36" si="7">SUM(BR17,BN17,BJ17,BF17,BB17,AX17,AT17)</f>
         <v>16637239</v>
       </c>
-      <c r="BW17" s="132">
+      <c r="BW17" s="129">
         <f t="shared" ref="BW17:BW36" si="8">SUM(BS17,BO17,BK17,BG17,BC17,AY17,AU17)</f>
         <v>35451737</v>
       </c>
-      <c r="BX17" s="130">
+      <c r="BX17" s="127">
         <f t="shared" ref="BX17:BX36" si="9">BU17+AP17</f>
         <v>28753535</v>
       </c>
-      <c r="BY17" s="131">
+      <c r="BY17" s="128">
         <f t="shared" ref="BY17:BY36" si="10">BV17+AQ17</f>
         <v>25972871</v>
       </c>
-      <c r="BZ17" s="163">
+      <c r="BZ17" s="160">
         <f t="shared" ref="BZ17:BZ36" si="11">BW17+AR17</f>
         <v>69593508</v>
       </c>
     </row>
     <row r="18" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A18" s="112" t="s">
+      <c r="A18" s="109" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="28">
         <v>6260365</v>
       </c>
       <c r="C18" s="30">
         <v>6066630</v>
       </c>
       <c r="D18" s="30">
         <v>15959580</v>
       </c>
       <c r="E18" s="32">
         <v>2.6307158999312632</v>
       </c>
       <c r="F18" s="31">
         <v>3403837</v>
       </c>
       <c r="G18" s="30">
         <v>2783436</v>
       </c>
       <c r="H18" s="30">
         <v>20482572</v>
       </c>
       <c r="I18" s="32">
         <v>7.3587364681638094</v>
@@ -21136,77 +21256,77 @@
       </c>
       <c r="BM18" s="31">
         <v>48800</v>
       </c>
       <c r="BN18" s="30">
         <v>47800</v>
       </c>
       <c r="BO18" s="34">
         <v>50760</v>
       </c>
       <c r="BP18" s="67">
         <v>1.0619246861924687</v>
       </c>
       <c r="BQ18" s="31">
         <v>406421</v>
       </c>
       <c r="BR18" s="30">
         <v>374700</v>
       </c>
       <c r="BS18" s="34">
         <v>448315</v>
       </c>
       <c r="BT18" s="67">
         <v>1.1964638377368562</v>
       </c>
-      <c r="BU18" s="130">
+      <c r="BU18" s="127">
         <f t="shared" si="6"/>
         <v>17086850</v>
       </c>
-      <c r="BV18" s="131">
+      <c r="BV18" s="128">
         <f t="shared" si="7"/>
         <v>16647215</v>
       </c>
-      <c r="BW18" s="132">
+      <c r="BW18" s="129">
         <f t="shared" si="8"/>
         <v>42968134</v>
       </c>
-      <c r="BX18" s="130">
+      <c r="BX18" s="127">
         <f t="shared" si="9"/>
         <v>29445264</v>
       </c>
-      <c r="BY18" s="131">
+      <c r="BY18" s="128">
         <f t="shared" si="10"/>
         <v>26868018</v>
       </c>
-      <c r="BZ18" s="163">
+      <c r="BZ18" s="160">
         <f t="shared" si="11"/>
         <v>84816139</v>
       </c>
     </row>
     <row r="19" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A19" s="112" t="s">
+      <c r="A19" s="109" t="s">
         <v>50</v>
       </c>
       <c r="B19" s="28">
         <v>5222485</v>
       </c>
       <c r="C19" s="30">
         <v>4975920</v>
       </c>
       <c r="D19" s="30">
         <v>12593396</v>
       </c>
       <c r="E19" s="32">
         <v>2.5308678596118908</v>
       </c>
       <c r="F19" s="31">
         <v>3190440</v>
       </c>
       <c r="G19" s="30">
         <v>2447166</v>
       </c>
       <c r="H19" s="30">
         <v>14445538</v>
       </c>
       <c r="I19" s="32">
         <v>5.9029661248971257</v>
@@ -21378,77 +21498,77 @@
       </c>
       <c r="BM19" s="31">
         <v>26750</v>
       </c>
       <c r="BN19" s="30">
         <v>25250</v>
       </c>
       <c r="BO19" s="34">
         <v>17800</v>
       </c>
       <c r="BP19" s="67">
         <v>0.70495049504950491</v>
       </c>
       <c r="BQ19" s="31">
         <v>309194</v>
       </c>
       <c r="BR19" s="30">
         <v>304397</v>
       </c>
       <c r="BS19" s="34">
         <v>417770</v>
       </c>
       <c r="BT19" s="67">
         <v>1.3724511082566517</v>
       </c>
-      <c r="BU19" s="130">
+      <c r="BU19" s="127">
         <f t="shared" si="6"/>
         <v>18188929</v>
       </c>
-      <c r="BV19" s="131">
+      <c r="BV19" s="128">
         <f t="shared" si="7"/>
         <v>17843286</v>
       </c>
-      <c r="BW19" s="132">
+      <c r="BW19" s="129">
         <f t="shared" si="8"/>
         <v>45142912</v>
       </c>
-      <c r="BX19" s="130">
+      <c r="BX19" s="127">
         <f t="shared" si="9"/>
         <v>28919239</v>
       </c>
-      <c r="BY19" s="131">
+      <c r="BY19" s="128">
         <f t="shared" si="10"/>
         <v>26400417</v>
       </c>
-      <c r="BZ19" s="163">
+      <c r="BZ19" s="160">
         <f t="shared" si="11"/>
         <v>76792828</v>
       </c>
     </row>
     <row r="20" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A20" s="112" t="s">
+      <c r="A20" s="109" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="28">
         <v>5675975</v>
       </c>
       <c r="C20" s="30">
         <v>5540405</v>
       </c>
       <c r="D20" s="30">
         <v>14547960</v>
       </c>
       <c r="E20" s="32">
         <v>2.6257936017312815</v>
       </c>
       <c r="F20" s="31">
         <v>3578235</v>
       </c>
       <c r="G20" s="30">
         <v>2838072</v>
       </c>
       <c r="H20" s="30">
         <v>21755364</v>
       </c>
       <c r="I20" s="32">
         <v>7.6655433688785912</v>
@@ -21620,77 +21740,77 @@
       </c>
       <c r="BM20" s="31">
         <v>75500</v>
       </c>
       <c r="BN20" s="30">
         <v>74300</v>
       </c>
       <c r="BO20" s="34">
         <v>58000</v>
       </c>
       <c r="BP20" s="67">
         <v>0.78061911170928666</v>
       </c>
       <c r="BQ20" s="31">
         <v>403638</v>
       </c>
       <c r="BR20" s="30">
         <v>393005</v>
       </c>
       <c r="BS20" s="34">
         <v>545381</v>
       </c>
       <c r="BT20" s="67">
         <v>1.3877202580119845</v>
       </c>
-      <c r="BU20" s="130">
+      <c r="BU20" s="127">
         <f t="shared" si="6"/>
         <v>19257184</v>
       </c>
-      <c r="BV20" s="131">
+      <c r="BV20" s="128">
         <f t="shared" si="7"/>
         <v>19052363</v>
       </c>
-      <c r="BW20" s="132">
+      <c r="BW20" s="129">
         <f t="shared" si="8"/>
         <v>52229229</v>
       </c>
-      <c r="BX20" s="130">
+      <c r="BX20" s="127">
         <f t="shared" si="9"/>
         <v>31081334</v>
       </c>
-      <c r="BY20" s="131">
+      <c r="BY20" s="128">
         <f t="shared" si="10"/>
         <v>28699052</v>
       </c>
-      <c r="BZ20" s="163">
+      <c r="BZ20" s="160">
         <f t="shared" si="11"/>
         <v>93959912</v>
       </c>
     </row>
     <row r="21" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A21" s="112" t="s">
+      <c r="A21" s="109" t="s">
         <v>52</v>
       </c>
       <c r="B21" s="28">
         <v>5951577</v>
       </c>
       <c r="C21" s="30">
         <v>5777560</v>
       </c>
       <c r="D21" s="30">
         <v>16354091</v>
       </c>
       <c r="E21" s="32">
         <v>2.8306224426920705</v>
       </c>
       <c r="F21" s="31">
         <v>4239285</v>
       </c>
       <c r="G21" s="30">
         <v>3412155</v>
       </c>
       <c r="H21" s="30">
         <v>22016926</v>
       </c>
       <c r="I21" s="32">
         <v>6.4524987874231972</v>
@@ -21862,77 +21982,77 @@
       </c>
       <c r="BM21" s="31">
         <v>44100</v>
       </c>
       <c r="BN21" s="30">
         <v>44100</v>
       </c>
       <c r="BO21" s="34">
         <v>33480</v>
       </c>
       <c r="BP21" s="67">
         <v>0.75918367346938775</v>
       </c>
       <c r="BQ21" s="31">
         <v>307259</v>
       </c>
       <c r="BR21" s="30">
         <v>300224</v>
       </c>
       <c r="BS21" s="34">
         <v>489635</v>
       </c>
       <c r="BT21" s="67">
         <v>1.6308989287998295</v>
       </c>
-      <c r="BU21" s="130">
+      <c r="BU21" s="127">
         <f t="shared" si="6"/>
         <v>19824285</v>
       </c>
-      <c r="BV21" s="131">
+      <c r="BV21" s="128">
         <f t="shared" si="7"/>
         <v>19552524</v>
       </c>
-      <c r="BW21" s="132">
+      <c r="BW21" s="129">
         <f t="shared" si="8"/>
         <v>52067697</v>
       </c>
-      <c r="BX21" s="130">
+      <c r="BX21" s="127">
         <f t="shared" si="9"/>
         <v>32873467</v>
       </c>
-      <c r="BY21" s="131">
+      <c r="BY21" s="128">
         <f t="shared" si="10"/>
         <v>30247929</v>
       </c>
-      <c r="BZ21" s="163">
+      <c r="BZ21" s="160">
         <f t="shared" si="11"/>
         <v>96689681</v>
       </c>
     </row>
     <row r="22" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A22" s="112" t="s">
+      <c r="A22" s="109" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="28">
         <v>4733735</v>
       </c>
       <c r="C22" s="30">
         <v>4266430</v>
       </c>
       <c r="D22" s="30">
         <v>8376452</v>
       </c>
       <c r="E22" s="32">
         <v>1.9633398415068335</v>
       </c>
       <c r="F22" s="31">
         <v>3501328</v>
       </c>
       <c r="G22" s="30">
         <v>2362508</v>
       </c>
       <c r="H22" s="30">
         <v>13134435</v>
       </c>
       <c r="I22" s="32">
         <v>5.5595303804262253</v>
@@ -22104,77 +22224,77 @@
       </c>
       <c r="BM22" s="31">
         <v>99688</v>
       </c>
       <c r="BN22" s="30">
         <v>96968</v>
       </c>
       <c r="BO22" s="34">
         <v>86991</v>
       </c>
       <c r="BP22" s="67">
         <v>0.89711038693177125</v>
       </c>
       <c r="BQ22" s="31">
         <v>297292</v>
       </c>
       <c r="BR22" s="30">
         <v>288117</v>
       </c>
       <c r="BS22" s="34">
         <v>386675</v>
       </c>
       <c r="BT22" s="67">
         <v>1.3420763092771339</v>
       </c>
-      <c r="BU22" s="130">
+      <c r="BU22" s="127">
         <f t="shared" si="6"/>
         <v>20730951</v>
       </c>
-      <c r="BV22" s="131">
+      <c r="BV22" s="128">
         <f t="shared" si="7"/>
         <v>19290174</v>
       </c>
-      <c r="BW22" s="132">
+      <c r="BW22" s="129">
         <f t="shared" si="8"/>
         <v>34632735</v>
       </c>
-      <c r="BX22" s="130">
+      <c r="BX22" s="127">
         <f t="shared" si="9"/>
         <v>31923512</v>
       </c>
-      <c r="BY22" s="131">
+      <c r="BY22" s="128">
         <f t="shared" si="10"/>
         <v>27411784</v>
       </c>
-      <c r="BZ22" s="163">
+      <c r="BZ22" s="160">
         <f t="shared" si="11"/>
         <v>61322679</v>
       </c>
     </row>
     <row r="23" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A23" s="112" t="s">
+      <c r="A23" s="109" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="28">
         <v>3556705</v>
       </c>
       <c r="C23" s="30">
         <v>3272740</v>
       </c>
       <c r="D23" s="30">
         <v>9023138</v>
       </c>
       <c r="E23" s="32">
         <v>2.7570592225474679</v>
       </c>
       <c r="F23" s="31">
         <v>3671260</v>
       </c>
       <c r="G23" s="30">
         <v>2904035</v>
       </c>
       <c r="H23" s="30">
         <v>22663095</v>
       </c>
       <c r="I23" s="32">
         <v>7.8040020178820155</v>
@@ -22346,77 +22466,77 @@
       </c>
       <c r="BM23" s="31">
         <v>73700</v>
       </c>
       <c r="BN23" s="30">
         <v>66100</v>
       </c>
       <c r="BO23" s="34">
         <v>43850</v>
       </c>
       <c r="BP23" s="67">
         <v>0.66338880484114982</v>
       </c>
       <c r="BQ23" s="31">
         <v>489410</v>
       </c>
       <c r="BR23" s="30">
         <v>440872</v>
       </c>
       <c r="BS23" s="34">
         <v>753502</v>
       </c>
       <c r="BT23" s="67">
         <v>1.7091173855450108</v>
       </c>
-      <c r="BU23" s="130">
+      <c r="BU23" s="127">
         <f t="shared" si="6"/>
         <v>20728908</v>
       </c>
-      <c r="BV23" s="131">
+      <c r="BV23" s="128">
         <f t="shared" si="7"/>
         <v>20401401</v>
       </c>
-      <c r="BW23" s="132">
+      <c r="BW23" s="129">
         <f t="shared" si="8"/>
         <v>56385182</v>
       </c>
-      <c r="BX23" s="130">
+      <c r="BX23" s="127">
         <f t="shared" si="9"/>
         <v>30910994</v>
       </c>
-      <c r="BY23" s="131">
+      <c r="BY23" s="128">
         <f t="shared" si="10"/>
         <v>28241184</v>
       </c>
-      <c r="BZ23" s="163">
+      <c r="BZ23" s="160">
         <f t="shared" si="11"/>
         <v>94543553</v>
       </c>
     </row>
     <row r="24" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A24" s="112" t="s">
+      <c r="A24" s="109" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="28">
         <v>4582250</v>
       </c>
       <c r="C24" s="30">
         <v>4531520</v>
       </c>
       <c r="D24" s="30">
         <v>15875651</v>
       </c>
       <c r="E24" s="32">
         <v>3.5033831915118987</v>
       </c>
       <c r="F24" s="31">
         <v>4561101</v>
       </c>
       <c r="G24" s="30">
         <v>3747838</v>
       </c>
       <c r="H24" s="30">
         <v>23799830</v>
       </c>
       <c r="I24" s="32">
         <v>6.3502824828607851</v>
@@ -22588,77 +22708,77 @@
       </c>
       <c r="BM24" s="31">
         <v>92450</v>
       </c>
       <c r="BN24" s="30">
         <v>79256</v>
       </c>
       <c r="BO24" s="34">
         <v>56086</v>
       </c>
       <c r="BP24" s="67">
         <v>0.7076562026849702</v>
       </c>
       <c r="BQ24" s="31">
         <v>640765</v>
       </c>
       <c r="BR24" s="30">
         <v>623399</v>
       </c>
       <c r="BS24" s="34">
         <v>1032542</v>
       </c>
       <c r="BT24" s="67">
         <v>1.6563100037054921</v>
       </c>
-      <c r="BU24" s="130">
+      <c r="BU24" s="127">
         <f t="shared" si="6"/>
         <v>21697057</v>
       </c>
-      <c r="BV24" s="131">
+      <c r="BV24" s="128">
         <f t="shared" si="7"/>
         <v>21513118</v>
       </c>
-      <c r="BW24" s="132">
+      <c r="BW24" s="129">
         <f t="shared" si="8"/>
         <v>54405954</v>
       </c>
-      <c r="BX24" s="130">
+      <c r="BX24" s="127">
         <f t="shared" si="9"/>
         <v>34481767</v>
       </c>
-      <c r="BY24" s="131">
+      <c r="BY24" s="128">
         <f t="shared" si="10"/>
         <v>32145903</v>
       </c>
-      <c r="BZ24" s="163">
+      <c r="BZ24" s="160">
         <f t="shared" si="11"/>
         <v>104011074</v>
       </c>
     </row>
     <row r="25" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A25" s="112" t="s">
+      <c r="A25" s="109" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="28">
         <v>4630600</v>
       </c>
       <c r="C25" s="30">
         <v>4496078</v>
       </c>
       <c r="D25" s="30">
         <v>14500517</v>
       </c>
       <c r="E25" s="32">
         <v>3.225148006773904</v>
       </c>
       <c r="F25" s="31">
         <v>5000330</v>
       </c>
       <c r="G25" s="30">
         <v>3696300</v>
       </c>
       <c r="H25" s="30">
         <v>21196637</v>
       </c>
       <c r="I25" s="32">
         <v>5.7345553661769877</v>
@@ -22830,77 +22950,77 @@
       </c>
       <c r="BM25" s="31">
         <v>170942</v>
       </c>
       <c r="BN25" s="30">
         <v>161479</v>
       </c>
       <c r="BO25" s="34">
         <v>108250</v>
       </c>
       <c r="BP25" s="67">
         <v>0.67036580608004759</v>
       </c>
       <c r="BQ25" s="31">
         <v>622146</v>
       </c>
       <c r="BR25" s="30">
         <v>528221</v>
       </c>
       <c r="BS25" s="34">
         <v>708650</v>
       </c>
       <c r="BT25" s="67">
         <v>1.3415786195550725</v>
       </c>
-      <c r="BU25" s="130">
+      <c r="BU25" s="127">
         <f t="shared" si="6"/>
         <v>21669313</v>
       </c>
-      <c r="BV25" s="131">
+      <c r="BV25" s="128">
         <f t="shared" si="7"/>
         <v>20443693</v>
       </c>
-      <c r="BW25" s="132">
+      <c r="BW25" s="129">
         <f t="shared" si="8"/>
         <v>45015349</v>
       </c>
-      <c r="BX25" s="130">
+      <c r="BX25" s="127">
         <f t="shared" si="9"/>
         <v>35302026</v>
       </c>
-      <c r="BY25" s="131">
+      <c r="BY25" s="128">
         <f t="shared" si="10"/>
         <v>31161036</v>
       </c>
-      <c r="BZ25" s="163">
+      <c r="BZ25" s="160">
         <f t="shared" si="11"/>
         <v>91133807</v>
       </c>
     </row>
     <row r="26" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A26" s="112" t="s">
+      <c r="A26" s="109" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="28">
         <v>3162138</v>
       </c>
       <c r="C26" s="30">
         <v>3019403</v>
       </c>
       <c r="D26" s="30">
         <v>8024995</v>
       </c>
       <c r="E26" s="32">
         <v>2.6578085138022316</v>
       </c>
       <c r="F26" s="31">
         <v>6133378</v>
       </c>
       <c r="G26" s="30">
         <v>4863801</v>
       </c>
       <c r="H26" s="30">
         <v>32119211</v>
       </c>
       <c r="I26" s="32">
         <v>6.6037263860096251</v>
@@ -23072,77 +23192,77 @@
       </c>
       <c r="BM26" s="31">
         <v>118870</v>
       </c>
       <c r="BN26" s="30">
         <v>87470</v>
       </c>
       <c r="BO26" s="34">
         <v>49770</v>
       </c>
       <c r="BP26" s="67">
         <v>0.56899508402880983</v>
       </c>
       <c r="BQ26" s="31">
         <v>410650</v>
       </c>
       <c r="BR26" s="30">
         <v>361455</v>
       </c>
       <c r="BS26" s="34">
         <v>543008</v>
       </c>
       <c r="BT26" s="67">
         <v>1.5022838250957935</v>
       </c>
-      <c r="BU26" s="130">
+      <c r="BU26" s="127">
         <f t="shared" si="6"/>
         <v>22747516</v>
       </c>
-      <c r="BV26" s="131">
+      <c r="BV26" s="128">
         <f t="shared" si="7"/>
         <v>21994008</v>
       </c>
-      <c r="BW26" s="132">
+      <c r="BW26" s="129">
         <f t="shared" si="8"/>
         <v>54174646</v>
       </c>
-      <c r="BX26" s="130">
+      <c r="BX26" s="127">
         <f t="shared" si="9"/>
         <v>36752140</v>
       </c>
-      <c r="BY26" s="131">
+      <c r="BY26" s="128">
         <f t="shared" si="10"/>
         <v>33005685</v>
       </c>
-      <c r="BZ26" s="163">
+      <c r="BZ26" s="160">
         <f t="shared" si="11"/>
         <v>105256115</v>
       </c>
     </row>
     <row r="27" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A27" s="112" t="s">
+      <c r="A27" s="109" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="28">
         <v>3648070</v>
       </c>
       <c r="C27" s="30">
         <v>3451785</v>
       </c>
       <c r="D27" s="30">
         <v>9188339</v>
       </c>
       <c r="E27" s="32">
         <v>2.6619094178808935</v>
       </c>
       <c r="F27" s="31">
         <v>6098885</v>
       </c>
       <c r="G27" s="30">
         <v>4836655</v>
       </c>
       <c r="H27" s="30">
         <v>33087165</v>
       </c>
       <c r="I27" s="32">
         <v>6.8409189822304874</v>
@@ -23314,77 +23434,77 @@
       </c>
       <c r="BM27" s="31">
         <v>9200</v>
       </c>
       <c r="BN27" s="30">
         <v>5724</v>
       </c>
       <c r="BO27" s="34">
         <v>3090</v>
       </c>
       <c r="BP27" s="67">
         <v>0.53983228511530401</v>
       </c>
       <c r="BQ27" s="31">
         <v>552246</v>
       </c>
       <c r="BR27" s="30">
         <v>512821</v>
       </c>
       <c r="BS27" s="34">
         <v>1019653</v>
       </c>
       <c r="BT27" s="67">
         <v>1.9883214610946121</v>
       </c>
-      <c r="BU27" s="130">
+      <c r="BU27" s="127">
         <f t="shared" si="6"/>
         <v>22157996</v>
       </c>
-      <c r="BV27" s="131">
+      <c r="BV27" s="128">
         <f t="shared" si="7"/>
         <v>21529254</v>
       </c>
-      <c r="BW27" s="132">
+      <c r="BW27" s="129">
         <f t="shared" si="8"/>
         <v>57782122</v>
       </c>
-      <c r="BX27" s="130">
+      <c r="BX27" s="127">
         <f t="shared" si="9"/>
         <v>36306757</v>
       </c>
-      <c r="BY27" s="131">
+      <c r="BY27" s="128">
         <f t="shared" si="10"/>
         <v>32353411</v>
       </c>
-      <c r="BZ27" s="163">
+      <c r="BZ27" s="160">
         <f t="shared" si="11"/>
         <v>110388386</v>
       </c>
     </row>
     <row r="28" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A28" s="112" t="s">
+      <c r="A28" s="109" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="28">
         <v>5261035</v>
       </c>
       <c r="C28" s="30">
         <v>4957300</v>
       </c>
       <c r="D28" s="30">
         <v>13930078</v>
       </c>
       <c r="E28" s="32">
         <v>2.8100131119762772</v>
       </c>
       <c r="F28" s="31">
         <v>6034480</v>
       </c>
       <c r="G28" s="30">
         <v>4626880</v>
       </c>
       <c r="H28" s="30">
         <v>33817449</v>
       </c>
       <c r="I28" s="32">
         <v>7.3089098917629158</v>
@@ -23556,77 +23676,77 @@
       </c>
       <c r="BM28" s="31">
         <v>44280</v>
       </c>
       <c r="BN28" s="30">
         <v>44280</v>
       </c>
       <c r="BO28" s="34">
         <v>28680</v>
       </c>
       <c r="BP28" s="67">
         <v>0.64769647696476962</v>
       </c>
       <c r="BQ28" s="31">
         <v>523680</v>
       </c>
       <c r="BR28" s="30">
         <v>455945</v>
       </c>
       <c r="BS28" s="34">
         <v>795345</v>
       </c>
       <c r="BT28" s="67">
         <v>1.7443880292579148</v>
       </c>
-      <c r="BU28" s="130">
+      <c r="BU28" s="127">
         <f t="shared" si="6"/>
         <v>22321478</v>
       </c>
-      <c r="BV28" s="131">
+      <c r="BV28" s="128">
         <f t="shared" si="7"/>
         <v>21768983</v>
       </c>
-      <c r="BW28" s="132">
+      <c r="BW28" s="129">
         <f t="shared" si="8"/>
         <v>66513467</v>
       </c>
-      <c r="BX28" s="130">
+      <c r="BX28" s="127">
         <f t="shared" si="9"/>
         <v>37479876</v>
       </c>
-      <c r="BY28" s="131">
+      <c r="BY28" s="128">
         <f t="shared" si="10"/>
         <v>33466717</v>
       </c>
-      <c r="BZ28" s="163">
+      <c r="BZ28" s="160">
         <f t="shared" si="11"/>
         <v>122500452</v>
       </c>
     </row>
     <row r="29" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A29" s="112" t="s">
+      <c r="A29" s="109" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="28">
         <v>4371128</v>
       </c>
       <c r="C29" s="30">
         <v>3945102</v>
       </c>
       <c r="D29" s="30">
         <v>11298952</v>
       </c>
       <c r="E29" s="32">
         <v>2.8640455937514417</v>
       </c>
       <c r="F29" s="31">
         <v>6901913</v>
       </c>
       <c r="G29" s="30">
         <v>5343678</v>
       </c>
       <c r="H29" s="30">
         <v>39783624</v>
       </c>
       <c r="I29" s="32">
         <v>7.4449890131853005</v>
@@ -23798,77 +23918,77 @@
       </c>
       <c r="BM29" s="31">
         <v>79956</v>
       </c>
       <c r="BN29" s="30">
         <v>79956</v>
       </c>
       <c r="BO29" s="34">
         <v>51550</v>
       </c>
       <c r="BP29" s="67">
         <v>0.64472960128070433</v>
       </c>
       <c r="BQ29" s="31">
         <v>401630</v>
       </c>
       <c r="BR29" s="30">
         <v>373080</v>
       </c>
       <c r="BS29" s="34">
         <v>671825</v>
       </c>
       <c r="BT29" s="67">
         <v>1.8007531896644151</v>
       </c>
-      <c r="BU29" s="130">
+      <c r="BU29" s="127">
         <f t="shared" si="6"/>
         <v>22818581</v>
       </c>
-      <c r="BV29" s="131">
+      <c r="BV29" s="128">
         <f t="shared" si="7"/>
         <v>21765895</v>
       </c>
-      <c r="BW29" s="132">
+      <c r="BW29" s="129">
         <f t="shared" si="8"/>
         <v>63611579</v>
       </c>
-      <c r="BX29" s="130">
+      <c r="BX29" s="127">
         <f t="shared" si="9"/>
         <v>38356038</v>
       </c>
-      <c r="BY29" s="131">
+      <c r="BY29" s="128">
         <f t="shared" si="10"/>
         <v>33485620</v>
       </c>
-      <c r="BZ29" s="163">
+      <c r="BZ29" s="160">
         <f t="shared" si="11"/>
         <v>124732155</v>
       </c>
     </row>
     <row r="30" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A30" s="112" t="s">
+      <c r="A30" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="28">
         <v>6364015</v>
       </c>
       <c r="C30" s="30">
         <v>5566385</v>
       </c>
       <c r="D30" s="30">
         <v>18395106</v>
       </c>
       <c r="E30" s="32">
         <v>3.3046772725925355</v>
       </c>
       <c r="F30" s="31">
         <v>8481854</v>
       </c>
       <c r="G30" s="30">
         <v>6530673</v>
       </c>
       <c r="H30" s="30">
         <v>49475895</v>
       </c>
       <c r="I30" s="32">
         <v>7.5759259420889702</v>
@@ -24040,77 +24160,77 @@
       </c>
       <c r="BM30" s="31">
         <v>26134</v>
       </c>
       <c r="BN30" s="30">
         <v>26134</v>
       </c>
       <c r="BO30" s="34">
         <v>17584</v>
       </c>
       <c r="BP30" s="67">
         <v>0.67283997857197519</v>
       </c>
       <c r="BQ30" s="31">
         <v>253310</v>
       </c>
       <c r="BR30" s="30">
         <v>241635</v>
       </c>
       <c r="BS30" s="34">
         <v>616160</v>
       </c>
       <c r="BT30" s="67">
         <v>2.549961719121816</v>
       </c>
-      <c r="BU30" s="130">
+      <c r="BU30" s="127">
         <f t="shared" si="6"/>
         <v>20599732</v>
       </c>
-      <c r="BV30" s="131">
+      <c r="BV30" s="128">
         <f t="shared" si="7"/>
         <v>19793896</v>
       </c>
-      <c r="BW30" s="132">
+      <c r="BW30" s="129">
         <f t="shared" si="8"/>
         <v>60299559</v>
       </c>
-      <c r="BX30" s="130">
+      <c r="BX30" s="127">
         <f t="shared" si="9"/>
         <v>39059698</v>
       </c>
-      <c r="BY30" s="131">
+      <c r="BY30" s="128">
         <f t="shared" si="10"/>
         <v>33903676</v>
       </c>
-      <c r="BZ30" s="163">
+      <c r="BZ30" s="160">
         <f t="shared" si="11"/>
         <v>136247688</v>
       </c>
     </row>
     <row r="31" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A31" s="112" t="s">
+      <c r="A31" s="109" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="28">
         <v>5927610</v>
       </c>
       <c r="C31" s="30">
         <v>5822173</v>
       </c>
       <c r="D31" s="30">
         <v>18518045</v>
       </c>
       <c r="E31" s="32">
         <v>3.1806071375756098</v>
       </c>
       <c r="F31" s="31">
         <v>9139766</v>
       </c>
       <c r="G31" s="30">
         <v>7138620</v>
       </c>
       <c r="H31" s="30">
         <v>43462323</v>
       </c>
       <c r="I31" s="32">
         <v>6.0883368214024562</v>
@@ -24282,77 +24402,77 @@
       </c>
       <c r="BM31" s="31">
         <v>34799</v>
       </c>
       <c r="BN31" s="30">
         <v>34799</v>
       </c>
       <c r="BO31" s="34">
         <v>27839</v>
       </c>
       <c r="BP31" s="67">
         <v>0.79999425270841118</v>
       </c>
       <c r="BQ31" s="31">
         <v>327465</v>
       </c>
       <c r="BR31" s="30">
         <v>319285</v>
       </c>
       <c r="BS31" s="34">
         <v>813692</v>
       </c>
       <c r="BT31" s="67">
         <v>2.5484817639413064</v>
       </c>
-      <c r="BU31" s="130">
+      <c r="BU31" s="127">
         <f t="shared" si="6"/>
         <v>19808678</v>
       </c>
-      <c r="BV31" s="131">
+      <c r="BV31" s="128">
         <f t="shared" si="7"/>
         <v>18824659</v>
       </c>
-      <c r="BW31" s="132">
+      <c r="BW31" s="129">
         <f t="shared" si="8"/>
         <v>43135258</v>
       </c>
-      <c r="BX31" s="130">
+      <c r="BX31" s="127">
         <f t="shared" si="9"/>
         <v>38233025</v>
       </c>
-      <c r="BY31" s="131">
+      <c r="BY31" s="128">
         <f t="shared" si="10"/>
         <v>33637247</v>
       </c>
-      <c r="BZ31" s="163">
+      <c r="BZ31" s="160">
         <f t="shared" si="11"/>
         <v>112390540</v>
       </c>
     </row>
     <row r="32" spans="1:78" x14ac:dyDescent="0.25">
-      <c r="A32" s="112" t="s">
+      <c r="A32" s="109" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="28">
         <v>6287149</v>
       </c>
       <c r="C32" s="30">
         <v>6050953</v>
       </c>
       <c r="D32" s="30">
         <v>19459727</v>
       </c>
       <c r="E32" s="32">
         <v>3.2159772187951221</v>
       </c>
       <c r="F32" s="31">
         <v>9039594</v>
       </c>
       <c r="G32" s="30">
         <v>7232761</v>
       </c>
       <c r="H32" s="30">
         <v>56860704</v>
       </c>
       <c r="I32" s="32">
         <v>7.8615488608015669</v>
@@ -24524,77 +24644,77 @@
       </c>
       <c r="BM32" s="31">
         <v>28646</v>
       </c>
       <c r="BN32" s="30">
         <v>28646</v>
       </c>
       <c r="BO32" s="34">
         <v>24327</v>
       </c>
       <c r="BP32" s="67">
         <v>0.84922851357955731</v>
       </c>
       <c r="BQ32" s="31">
         <v>441103</v>
       </c>
       <c r="BR32" s="30">
         <v>332896</v>
       </c>
       <c r="BS32" s="34">
         <v>872721</v>
       </c>
       <c r="BT32" s="67">
         <v>2.6216025425358072</v>
       </c>
-      <c r="BU32" s="130">
+      <c r="BU32" s="127">
         <f t="shared" si="6"/>
         <v>19843042</v>
       </c>
-      <c r="BV32" s="131">
+      <c r="BV32" s="128">
         <f t="shared" si="7"/>
         <v>19233201</v>
       </c>
-      <c r="BW32" s="132">
+      <c r="BW32" s="129">
         <f t="shared" si="8"/>
         <v>61383122</v>
       </c>
-      <c r="BX32" s="130">
+      <c r="BX32" s="127">
         <f t="shared" si="9"/>
         <v>38984303</v>
       </c>
-      <c r="BY32" s="131">
+      <c r="BY32" s="128">
         <f t="shared" si="10"/>
         <v>34569201</v>
       </c>
-      <c r="BZ32" s="163">
+      <c r="BZ32" s="160">
         <f t="shared" si="11"/>
         <v>146259396</v>
       </c>
     </row>
     <row r="33" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A33" s="113" t="s">
+      <c r="A33" s="110" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="28">
         <v>6951171</v>
       </c>
       <c r="C33" s="30">
         <v>6729838</v>
       </c>
       <c r="D33" s="30">
         <v>19776942</v>
       </c>
       <c r="E33" s="32">
         <v>2.938695106776716</v>
       </c>
       <c r="F33" s="31">
         <v>9504473</v>
       </c>
       <c r="G33" s="30">
         <v>7730506</v>
       </c>
       <c r="H33" s="30">
         <v>58395811</v>
       </c>
       <c r="I33" s="32">
         <v>7.5539442049459637</v>
@@ -24766,77 +24886,77 @@
       </c>
       <c r="BM33" s="31">
         <v>27349</v>
       </c>
       <c r="BN33" s="30">
         <v>27349</v>
       </c>
       <c r="BO33" s="34">
         <v>22565</v>
       </c>
       <c r="BP33" s="67">
         <v>0.82507587114702552</v>
       </c>
       <c r="BQ33" s="31">
         <v>444410</v>
       </c>
       <c r="BR33" s="30">
         <v>413550</v>
       </c>
       <c r="BS33" s="34">
         <v>1046043</v>
       </c>
       <c r="BT33" s="67">
         <v>2.5294232861806312</v>
       </c>
-      <c r="BU33" s="130">
+      <c r="BU33" s="127">
         <f t="shared" si="6"/>
         <v>19326038</v>
       </c>
-      <c r="BV33" s="131">
+      <c r="BV33" s="128">
         <f t="shared" si="7"/>
         <v>19083875</v>
       </c>
-      <c r="BW33" s="132">
+      <c r="BW33" s="129">
         <f t="shared" si="8"/>
         <v>54425813</v>
       </c>
-      <c r="BX33" s="130">
+      <c r="BX33" s="127">
         <f t="shared" si="9"/>
         <v>39991534</v>
       </c>
-      <c r="BY33" s="131">
+      <c r="BY33" s="128">
         <f t="shared" si="10"/>
         <v>35691906</v>
       </c>
-      <c r="BZ33" s="163">
+      <c r="BZ33" s="160">
         <f t="shared" si="11"/>
         <v>140106360</v>
       </c>
     </row>
     <row r="34" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A34" s="113" t="s">
+      <c r="A34" s="110" t="s">
         <v>65</v>
       </c>
       <c r="B34" s="28">
         <v>6729898</v>
       </c>
       <c r="C34" s="30">
         <v>6394102</v>
       </c>
       <c r="D34" s="30">
         <v>17644277</v>
       </c>
       <c r="E34" s="32">
         <v>2.7594612973017947</v>
       </c>
       <c r="F34" s="31">
         <v>9742230</v>
       </c>
       <c r="G34" s="30">
         <v>8146596</v>
       </c>
       <c r="H34" s="30">
         <v>60525805</v>
       </c>
       <c r="I34" s="32">
         <v>7.4295822451487714</v>
@@ -25008,77 +25128,77 @@
       </c>
       <c r="BM34" s="31">
         <v>6000</v>
       </c>
       <c r="BN34" s="30">
         <v>6000</v>
       </c>
       <c r="BO34" s="34">
         <v>4344</v>
       </c>
       <c r="BP34" s="67">
         <v>0.72399999999999998</v>
       </c>
       <c r="BQ34" s="31">
         <v>415564</v>
       </c>
       <c r="BR34" s="30">
         <v>406324</v>
       </c>
       <c r="BS34" s="34">
         <v>1040334</v>
       </c>
       <c r="BT34" s="67">
         <v>2.5603557751941799</v>
       </c>
-      <c r="BU34" s="130">
+      <c r="BU34" s="127">
         <f t="shared" si="6"/>
         <v>19147900</v>
       </c>
-      <c r="BV34" s="131">
+      <c r="BV34" s="128">
         <f t="shared" si="7"/>
         <v>18940978</v>
       </c>
-      <c r="BW34" s="132">
+      <c r="BW34" s="129">
         <f t="shared" si="8"/>
         <v>51814580</v>
       </c>
-      <c r="BX34" s="130">
+      <c r="BX34" s="127">
         <f t="shared" si="9"/>
         <v>40163553</v>
       </c>
-      <c r="BY34" s="131">
+      <c r="BY34" s="128">
         <f t="shared" si="10"/>
         <v>35801175</v>
       </c>
-      <c r="BZ34" s="163">
+      <c r="BZ34" s="160">
         <f t="shared" si="11"/>
         <v>139489819</v>
       </c>
     </row>
     <row r="35" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A35" s="113" t="s">
+      <c r="A35" s="110" t="s">
         <v>66</v>
       </c>
       <c r="B35" s="28">
         <v>6751729</v>
       </c>
       <c r="C35" s="30">
         <v>6548477</v>
       </c>
       <c r="D35" s="30">
         <v>22150287</v>
       </c>
       <c r="E35" s="32">
         <v>3.3825097041648005</v>
       </c>
       <c r="F35" s="31">
         <v>10670126</v>
       </c>
       <c r="G35" s="30">
         <v>8768441</v>
       </c>
       <c r="H35" s="30">
         <v>59037179</v>
       </c>
       <c r="I35" s="32">
         <v>6.7329162618531617</v>
@@ -25250,77 +25370,77 @@
       </c>
       <c r="BM35" s="31">
         <v>5153</v>
       </c>
       <c r="BN35" s="30">
         <v>4553</v>
       </c>
       <c r="BO35" s="34">
         <v>2793</v>
       </c>
       <c r="BP35" s="67">
         <v>0.61344168679991218</v>
       </c>
       <c r="BQ35" s="31">
         <v>503802</v>
       </c>
       <c r="BR35" s="30">
         <v>480057</v>
       </c>
       <c r="BS35" s="34">
         <v>1115510</v>
       </c>
       <c r="BT35" s="67">
         <v>0</v>
       </c>
-      <c r="BU35" s="130">
+      <c r="BU35" s="127">
         <f t="shared" si="6"/>
         <v>19026256</v>
       </c>
-      <c r="BV35" s="131">
+      <c r="BV35" s="128">
         <f t="shared" si="7"/>
         <v>18760946</v>
       </c>
-      <c r="BW35" s="132">
+      <c r="BW35" s="129">
         <f t="shared" si="8"/>
         <v>50441162</v>
       </c>
-      <c r="BX35" s="130">
+      <c r="BX35" s="127">
         <f t="shared" si="9"/>
         <v>41685422</v>
       </c>
-      <c r="BY35" s="131">
+      <c r="BY35" s="128">
         <f t="shared" si="10"/>
         <v>36798117</v>
       </c>
-      <c r="BZ35" s="163">
+      <c r="BZ35" s="160">
         <f t="shared" si="11"/>
         <v>142008222</v>
       </c>
     </row>
     <row r="36" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A36" s="113" t="s">
+      <c r="A36" s="110" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="28">
         <v>5907287</v>
       </c>
       <c r="C36" s="30">
         <v>5488728</v>
       </c>
       <c r="D36" s="30">
         <v>12555860</v>
       </c>
       <c r="E36" s="32">
         <v>2.2875719110147195</v>
       </c>
       <c r="F36" s="31">
         <v>10533195</v>
       </c>
       <c r="G36" s="30">
         <v>8104641</v>
       </c>
       <c r="H36" s="30">
         <v>41409448</v>
       </c>
       <c r="I36" s="32">
         <v>5.109350062513565</v>
@@ -25492,77 +25612,77 @@
       </c>
       <c r="BM36" s="31">
         <v>9745</v>
       </c>
       <c r="BN36" s="30">
         <v>9495</v>
       </c>
       <c r="BO36" s="34">
         <v>5401</v>
       </c>
       <c r="BP36" s="67">
         <v>0.56882569773565039</v>
       </c>
       <c r="BQ36" s="31">
         <v>534660</v>
       </c>
       <c r="BR36" s="30">
         <v>511783</v>
       </c>
       <c r="BS36" s="34">
         <v>896464</v>
       </c>
       <c r="BT36" s="67">
         <v>1.7516486479621245</v>
       </c>
-      <c r="BU36" s="130">
+      <c r="BU36" s="127">
         <f t="shared" si="6"/>
         <v>19403733</v>
       </c>
-      <c r="BV36" s="131">
+      <c r="BV36" s="128">
         <f t="shared" si="7"/>
         <v>17743078</v>
       </c>
-      <c r="BW36" s="132">
+      <c r="BW36" s="129">
         <f t="shared" si="8"/>
         <v>31997888</v>
       </c>
-      <c r="BX36" s="130">
+      <c r="BX36" s="127">
         <f t="shared" si="9"/>
         <v>40975763</v>
       </c>
-      <c r="BY36" s="131">
+      <c r="BY36" s="128">
         <f t="shared" si="10"/>
         <v>33988307</v>
       </c>
-      <c r="BZ36" s="163">
+      <c r="BZ36" s="160">
         <f t="shared" si="11"/>
         <v>94005231</v>
       </c>
     </row>
     <row r="37" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A37" s="113" t="s">
+      <c r="A37" s="110" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="28">
         <v>5916678</v>
       </c>
       <c r="C37" s="30">
         <v>5575352</v>
       </c>
       <c r="D37" s="30">
         <v>15853154</v>
       </c>
       <c r="E37" s="32">
         <v>2.843</v>
       </c>
       <c r="F37" s="31">
         <v>11103250</v>
       </c>
       <c r="G37" s="30">
         <v>8736712</v>
       </c>
       <c r="H37" s="30">
         <v>57494500</v>
       </c>
       <c r="I37" s="32">
         <v>6.5810000000000004</v>
@@ -25581,73 +25701,73 @@
       </c>
       <c r="N37" s="31">
         <v>2718</v>
       </c>
       <c r="O37" s="30">
         <v>2068</v>
       </c>
       <c r="P37" s="30">
         <v>3498</v>
       </c>
       <c r="Q37" s="32">
         <v>1.6910000000000001</v>
       </c>
       <c r="R37" s="31">
         <v>1481985</v>
       </c>
       <c r="S37" s="30">
         <v>277521</v>
       </c>
       <c r="T37" s="30">
         <v>564909</v>
       </c>
       <c r="U37" s="32">
         <v>2.036</v>
       </c>
-      <c r="V37" s="68">
+      <c r="V37" s="31">
         <v>1484470</v>
       </c>
-      <c r="W37" s="69">
+      <c r="W37" s="30">
         <v>1297000</v>
       </c>
-      <c r="X37" s="69">
+      <c r="X37" s="30">
         <v>5097340</v>
       </c>
-      <c r="Y37" s="70">
+      <c r="Y37" s="32">
         <f>X37/W37</f>
         <v>3.9301002313030069</v>
       </c>
-      <c r="Z37" s="68" t="e">
-[...8 lines deleted...]
-      <c r="AC37" s="70" t="e">
+      <c r="Z37" s="30" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="AA37" s="30" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="AB37" s="32" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="AC37" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="AD37" s="31">
         <v>970260</v>
       </c>
       <c r="AE37" s="30">
         <v>118002</v>
       </c>
       <c r="AF37" s="30">
         <v>217699</v>
       </c>
       <c r="AG37" s="32">
         <v>1.845</v>
       </c>
       <c r="AH37" s="31">
         <v>41232</v>
       </c>
       <c r="AI37" s="30">
         <v>40732</v>
       </c>
       <c r="AJ37" s="30">
         <v>58441</v>
       </c>
       <c r="AK37" s="32">
         <v>1.4350000000000001</v>
@@ -25738,320 +25858,320 @@
       </c>
       <c r="BM37" s="31">
         <v>12740</v>
       </c>
       <c r="BN37" s="30">
         <v>12740</v>
       </c>
       <c r="BO37" s="34">
         <v>9184</v>
       </c>
       <c r="BP37" s="67">
         <v>0.72099999999999997</v>
       </c>
       <c r="BQ37" s="31">
         <v>648079</v>
       </c>
       <c r="BR37" s="30">
         <v>622327</v>
       </c>
       <c r="BS37" s="34">
         <v>1269399</v>
       </c>
       <c r="BT37" s="67">
         <v>2.04</v>
       </c>
-      <c r="BU37" s="130">
+      <c r="BU37" s="127">
         <f>SUM(BQ37,BM37,BI37,BE37,BA37,AW37,AS37)</f>
         <v>19572647</v>
       </c>
-      <c r="BV37" s="131">
+      <c r="BV37" s="128">
         <f>SUM(BR37,BN37,BJ37,BF37,BB37,AX37,AT37)</f>
         <v>19335786</v>
       </c>
-      <c r="BW37" s="132">
+      <c r="BW37" s="129">
         <f>SUM(BS37,BO37,BK37,BG37,BC37,AY37,AU37)</f>
         <v>54939933</v>
       </c>
-      <c r="BX37" s="130">
+      <c r="BX37" s="127">
         <f>BU37+AP37</f>
         <v>40100206</v>
       </c>
-      <c r="BY37" s="131">
+      <c r="BY37" s="128">
         <f>BV37+AQ37</f>
         <v>34900305</v>
       </c>
-      <c r="BZ37" s="163">
+      <c r="BZ37" s="160">
         <f>BW37+AR37</f>
         <v>132883436</v>
       </c>
-      <c r="CA37" s="72"/>
+      <c r="CA37" s="69"/>
     </row>
     <row r="38" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A38" s="113" t="s">
+      <c r="A38" s="110" t="s">
         <v>69</v>
       </c>
-      <c r="B38" s="28" t="e">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="B38" s="28">
+        <v>6550169</v>
+      </c>
+      <c r="C38" s="30">
+        <v>6341303</v>
+      </c>
+      <c r="D38" s="30">
+        <v>18510280</v>
+      </c>
+      <c r="E38" s="32">
+        <v>2.919</v>
+      </c>
+      <c r="F38" s="31">
+        <v>9234043</v>
+      </c>
+      <c r="G38" s="30">
+        <v>7422498</v>
+      </c>
+      <c r="H38" s="30">
+        <v>51690950</v>
+      </c>
+      <c r="I38" s="32">
+        <v>6.9640000000000004</v>
+      </c>
+      <c r="J38" s="31">
+        <v>1005799</v>
+      </c>
+      <c r="K38" s="30">
+        <v>708887</v>
+      </c>
+      <c r="L38" s="30">
+        <v>2853150</v>
+      </c>
+      <c r="M38" s="32">
+        <v>4.0250000000000004</v>
+      </c>
+      <c r="N38" s="31">
+        <v>22867</v>
+      </c>
+      <c r="O38" s="30">
+        <v>4804</v>
+      </c>
+      <c r="P38" s="30">
+        <v>6626</v>
+      </c>
+      <c r="Q38" s="32">
+        <v>1.379</v>
+      </c>
+      <c r="R38" s="31">
+        <v>1432632</v>
+      </c>
+      <c r="S38" s="30">
+        <v>296648</v>
+      </c>
+      <c r="T38" s="30">
+        <v>556054</v>
+      </c>
+      <c r="U38" s="32">
+        <v>1.8740000000000001</v>
       </c>
       <c r="V38" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="W38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="X38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="Y38" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="Z38" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="AA38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="AB38" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="AC38" s="32" t="e">
         <v>#N/A</v>
       </c>
-      <c r="AD38" s="31" t="e">
-[...33 lines deleted...]
-        <v>#N/A</v>
+      <c r="AD38" s="31">
+        <v>957215</v>
+      </c>
+      <c r="AE38" s="30">
+        <v>126825</v>
+      </c>
+      <c r="AF38" s="30">
+        <v>215368</v>
+      </c>
+      <c r="AG38" s="32">
+        <v>1.698</v>
+      </c>
+      <c r="AH38" s="31">
+        <v>32541</v>
+      </c>
+      <c r="AI38" s="30">
+        <v>31721</v>
+      </c>
+      <c r="AJ38" s="30">
+        <v>40828</v>
+      </c>
+      <c r="AK38" s="32">
+        <v>1.2869999999999999</v>
+      </c>
+      <c r="AL38" s="31">
+        <v>233720</v>
+      </c>
+      <c r="AM38" s="30">
+        <v>233720</v>
+      </c>
+      <c r="AN38" s="30">
+        <v>1626298</v>
+      </c>
+      <c r="AO38" s="32">
+        <v>6.9580000000000002</v>
       </c>
       <c r="AP38" s="39" t="e">
         <v>#N/A</v>
       </c>
       <c r="AQ38" s="40" t="e">
         <v>#N/A</v>
       </c>
       <c r="AR38" s="29" t="e">
         <v>#N/A</v>
       </c>
-      <c r="AS38" s="31" t="e">
-[...83 lines deleted...]
-      <c r="BU38" s="130" t="e">
+      <c r="AS38" s="31">
+        <v>17994965</v>
+      </c>
+      <c r="AT38" s="30">
+        <v>17455116</v>
+      </c>
+      <c r="AU38" s="30">
+        <v>51107836</v>
+      </c>
+      <c r="AV38" s="32">
+        <v>2.9279999999999999</v>
+      </c>
+      <c r="AW38" s="31">
+        <v>2413081</v>
+      </c>
+      <c r="AX38" s="30">
+        <v>2397165</v>
+      </c>
+      <c r="AY38" s="34">
+        <v>5531922</v>
+      </c>
+      <c r="AZ38" s="67">
+        <v>2.3079999999999998</v>
+      </c>
+      <c r="BA38" s="31">
+        <v>8935</v>
+      </c>
+      <c r="BB38" s="30">
+        <v>8935</v>
+      </c>
+      <c r="BC38" s="34">
+        <v>8777</v>
+      </c>
+      <c r="BD38" s="67">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="BE38" s="31">
+        <v>533091</v>
+      </c>
+      <c r="BF38" s="30">
+        <v>531866</v>
+      </c>
+      <c r="BG38" s="34">
+        <v>1809537</v>
+      </c>
+      <c r="BH38" s="67">
+        <v>3.4020000000000001</v>
+      </c>
+      <c r="BI38" s="31">
+        <v>35147</v>
+      </c>
+      <c r="BJ38" s="30">
+        <v>34844</v>
+      </c>
+      <c r="BK38" s="34">
+        <v>58379</v>
+      </c>
+      <c r="BL38" s="67">
+        <v>1.675</v>
+      </c>
+      <c r="BM38" s="31">
+        <v>18232</v>
+      </c>
+      <c r="BN38" s="30">
+        <v>18232</v>
+      </c>
+      <c r="BO38" s="34">
+        <v>19109</v>
+      </c>
+      <c r="BP38" s="67">
+        <v>1.048</v>
+      </c>
+      <c r="BQ38" s="31">
+        <v>687925</v>
+      </c>
+      <c r="BR38" s="30">
+        <v>621785</v>
+      </c>
+      <c r="BS38" s="34">
+        <v>1099962</v>
+      </c>
+      <c r="BT38" s="67">
+        <v>1.7689999999999999</v>
+      </c>
+      <c r="BU38" s="127">
         <f t="shared" ref="BU38:BU39" si="13">SUM(BQ38,BM38,BI38,BE38,BA38,AW38,AS38)</f>
-        <v>#N/A</v>
-[...1 lines deleted...]
-      <c r="BV38" s="131" t="e">
+        <v>21691376</v>
+      </c>
+      <c r="BV38" s="128">
         <f t="shared" ref="BV38:BV39" si="14">SUM(BR38,BN38,BJ38,BF38,BB38,AX38,AT38)</f>
-        <v>#N/A</v>
-[...1 lines deleted...]
-      <c r="BW38" s="132" t="e">
+        <v>21067943</v>
+      </c>
+      <c r="BW38" s="129">
         <f t="shared" ref="BW38:BW39" si="15">SUM(BS38,BO38,BK38,BG38,BC38,AY38,AU38)</f>
-        <v>#N/A</v>
-[...1 lines deleted...]
-      <c r="BX38" s="130" t="e">
+        <v>59635522</v>
+      </c>
+      <c r="BX38" s="127" t="e">
         <f t="shared" ref="BX38:BX39" si="16">BU38+AP38</f>
         <v>#N/A</v>
       </c>
-      <c r="BY38" s="131" t="e">
+      <c r="BY38" s="128" t="e">
         <f t="shared" ref="BY38:BY39" si="17">BV38+AQ38</f>
         <v>#N/A</v>
       </c>
-      <c r="BZ38" s="163" t="e">
+      <c r="BZ38" s="160" t="e">
         <f t="shared" ref="BZ38:BZ39" si="18">BW38+AR38</f>
         <v>#N/A</v>
       </c>
     </row>
     <row r="39" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="A39" s="113" t="s">
+      <c r="A39" s="110" t="s">
         <v>70</v>
       </c>
       <c r="B39" s="28" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="32" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="G39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="H39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="I39" s="32" t="e">
         <v>#N/A</v>
@@ -26223,169 +26343,178 @@
       </c>
       <c r="BM39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="BN39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="BO39" s="34" t="e">
         <v>#N/A</v>
       </c>
       <c r="BP39" s="67" t="e">
         <v>#N/A</v>
       </c>
       <c r="BQ39" s="31" t="e">
         <v>#N/A</v>
       </c>
       <c r="BR39" s="30" t="e">
         <v>#N/A</v>
       </c>
       <c r="BS39" s="34" t="e">
         <v>#N/A</v>
       </c>
       <c r="BT39" s="67" t="e">
         <v>#N/A</v>
       </c>
-      <c r="BU39" s="130" t="e">
+      <c r="BU39" s="127" t="e">
         <f t="shared" si="13"/>
         <v>#N/A</v>
       </c>
-      <c r="BV39" s="131" t="e">
+      <c r="BV39" s="128" t="e">
         <f t="shared" si="14"/>
         <v>#N/A</v>
       </c>
-      <c r="BW39" s="132" t="e">
+      <c r="BW39" s="129" t="e">
         <f t="shared" si="15"/>
         <v>#N/A</v>
       </c>
-      <c r="BX39" s="130" t="e">
+      <c r="BX39" s="127" t="e">
         <f t="shared" si="16"/>
         <v>#N/A</v>
       </c>
-      <c r="BY39" s="131" t="e">
+      <c r="BY39" s="128" t="e">
         <f t="shared" si="17"/>
         <v>#N/A</v>
       </c>
-      <c r="BZ39" s="163" t="e">
+      <c r="BZ39" s="160" t="e">
         <f t="shared" si="18"/>
         <v>#N/A</v>
       </c>
     </row>
     <row r="40" spans="1:79" x14ac:dyDescent="0.25">
-      <c r="B40" s="73"/>
-[...72 lines deleted...]
-      <c r="BW40" s="73"/>
+      <c r="B40" s="70"/>
+      <c r="C40" s="70"/>
+      <c r="D40" s="70"/>
+      <c r="E40" s="70"/>
+      <c r="F40" s="70"/>
+      <c r="G40" s="70"/>
+      <c r="H40" s="70"/>
+      <c r="I40" s="70"/>
+      <c r="J40" s="70"/>
+      <c r="K40" s="70"/>
+      <c r="L40" s="70"/>
+      <c r="M40" s="70"/>
+      <c r="N40" s="70"/>
+      <c r="O40" s="70"/>
+      <c r="P40" s="70"/>
+      <c r="Q40" s="70"/>
+      <c r="R40" s="70"/>
+      <c r="S40" s="70"/>
+      <c r="T40" s="70"/>
+      <c r="U40" s="70"/>
+      <c r="V40" s="70"/>
+      <c r="W40" s="70"/>
+      <c r="X40" s="70"/>
+      <c r="Y40" s="70"/>
+      <c r="Z40" s="70"/>
+      <c r="AA40" s="70"/>
+      <c r="AB40" s="70"/>
+      <c r="AC40" s="70"/>
+      <c r="AD40" s="70"/>
+      <c r="AE40" s="70"/>
+      <c r="AF40" s="70"/>
+      <c r="AG40" s="70"/>
+      <c r="AH40" s="70"/>
+      <c r="AI40" s="70"/>
+      <c r="AJ40" s="70"/>
+      <c r="AK40" s="70"/>
+      <c r="AL40" s="70"/>
+      <c r="AM40" s="70"/>
+      <c r="AN40" s="70"/>
+      <c r="AO40" s="70"/>
+      <c r="AP40" s="70"/>
+      <c r="AQ40" s="70"/>
+      <c r="AR40" s="70"/>
+      <c r="AS40" s="70"/>
+      <c r="AT40" s="70"/>
+      <c r="AU40" s="70"/>
+      <c r="AV40" s="70"/>
+      <c r="AW40" s="70"/>
+      <c r="AX40" s="70"/>
+      <c r="AY40" s="70"/>
+      <c r="AZ40" s="70"/>
+      <c r="BA40" s="70"/>
+      <c r="BB40" s="70"/>
+      <c r="BC40" s="70"/>
+      <c r="BD40" s="70"/>
+      <c r="BE40" s="70"/>
+      <c r="BF40" s="70"/>
+      <c r="BG40" s="70"/>
+      <c r="BH40" s="70"/>
+      <c r="BI40" s="70"/>
+      <c r="BJ40" s="70"/>
+      <c r="BK40" s="70"/>
+      <c r="BL40" s="70"/>
+      <c r="BM40" s="70"/>
+      <c r="BN40" s="70"/>
+      <c r="BO40" s="70"/>
+      <c r="BP40" s="70"/>
+      <c r="BQ40" s="70"/>
+      <c r="BR40" s="70"/>
+      <c r="BS40" s="70"/>
+      <c r="BT40" s="70"/>
+      <c r="BU40" s="70"/>
+      <c r="BV40" s="70"/>
+      <c r="BW40" s="70"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" location="Portada!A1" display="VOLVER AL INDICE" xr:uid="{EE7C3957-9221-4DEC-93B1-A84CC32E64D2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C5B9F2161CEE1040BBC03CB11300495F" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="4b8b536fcb9f2c664ed0fa8e4c5bcaeb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b5dd4176-d247-4204-85b8-921214f3ccea" xmlns:ns3="359b39ce-e1f9-4933-8424-33b611e6fdcd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9c3fb262092b4aec5ef66bdd34acef6e" ns2:_="" ns3:_="">
     <xsd:import namespace="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <xsd:import namespace="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -26542,82 +26671,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B25CAF-1D59-4C6F-9D51-E32BFAC50E3C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06248F6F-ED54-477E-957A-3116DFC55A67}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b5dd4176-d247-4204-85b8-921214f3ccea"/>
     <ds:schemaRef ds:uri="359b39ce-e1f9-4933-8424-33b611e6fdcd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Portada</vt:lpstr>
       <vt:lpstr>Santa Fe</vt:lpstr>
       <vt:lpstr>Participación Santa Fe (%)</vt:lpstr>
       <vt:lpstr>Argentina</vt:lpstr>